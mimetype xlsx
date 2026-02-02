--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -14,1652 +14,1535 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="494">
   <si>
     <t>TexNano.com.ua</t>
   </si>
   <si>
     <t>г. Одесса, 7-й км</t>
   </si>
   <si>
     <t xml:space="preserve">тел: (093) 631-66-66, (095) 01-40-000     </t>
   </si>
   <si>
     <t>e-mail:opt@texnano.com.ua</t>
   </si>
   <si>
-    <t>http://texnano.com.ua/</t>
+    <t>https://texnano.com.ua/</t>
   </si>
   <si>
     <t xml:space="preserve">Наши контакты:
 (093) 59-43-124
 (093) 63-16-666
 (093) 01-40-000 </t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>изображение</t>
   </si>
   <si>
     <t>наименование</t>
   </si>
   <si>
     <t>цена</t>
   </si>
   <si>
     <t>Кнопочные телефоны</t>
   </si>
   <si>
+    <t>Мобильный телефон ERGO B184 Dual Sim Black</t>
+  </si>
+  <si>
+    <t>$13.10</t>
+  </si>
+  <si>
     <t>Мобильный телефон ERGO R231 Dual Sim Black, 2.31"</t>
   </si>
   <si>
     <t>$23.90</t>
   </si>
   <si>
     <t>Мобильный телефон ERGO R181 Dual Sim Black</t>
   </si>
   <si>
     <t>$16.80</t>
   </si>
   <si>
     <t>Мобильный телефон ERGO F241 Dual Sim Black, раскладушка</t>
   </si>
   <si>
     <t>$25.10</t>
   </si>
   <si>
     <t>Мобильный телефон ERGO E282 Dual Sim Black</t>
   </si>
   <si>
     <t>$27.50</t>
   </si>
   <si>
     <t>Мобильный телефон ERGO E281 Dual Sim Black</t>
   </si>
   <si>
     <t>Мобильный телефон ERGO E241 Dual Sim Black</t>
   </si>
   <si>
     <t>$20.30</t>
   </si>
   <si>
-    <t>Мобильный телефон ERGO B184 Dual Sim Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Планшеты и аксессуары</t>
   </si>
   <si>
     <t>Аксессуары для курильщиков</t>
   </si>
   <si>
     <t>Электрическая машинка для набивки сигарет</t>
   </si>
   <si>
     <t>$5.10</t>
   </si>
   <si>
     <t>Электрическая машинка для набивки сигарет HN-22-001</t>
   </si>
   <si>
     <t>$6.60</t>
   </si>
   <si>
     <t xml:space="preserve">Электрическая пепельница с функцией очистки воздуха </t>
   </si>
   <si>
     <t>$2.20</t>
   </si>
   <si>
-    <t>Механическая поршневая машинка для набивки сигарет GOLDEN OSB YZ8006S</t>
+    <t>FM-трансмиттеры</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H1BT</t>
+  </si>
+  <si>
+    <t>$4.85</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H6</t>
+  </si>
+  <si>
+    <t>$2.95</t>
+  </si>
+  <si>
+    <t>FM Модулятор CAR V7, FM-трансмиттер</t>
+  </si>
+  <si>
+    <t>$2.30</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер с BlueTooth HZ H22BT</t>
+  </si>
+  <si>
+    <t>$4.50</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod CM 10BT</t>
+  </si>
+  <si>
+    <t>$2.50</t>
+  </si>
+  <si>
+    <t>Bluetooth приемник аудио ресивер BT X6 +TF card</t>
+  </si>
+  <si>
+    <t>$1.80</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H7BT</t>
+  </si>
+  <si>
+    <t>$4.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FM-трансмиттер Q18S BT +MP3 Dual USB Knob Design Charger ABS </t>
+  </si>
+  <si>
+    <t>$5.60</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер M26 BT 1+MP3</t>
+  </si>
+  <si>
+    <t>$3.60</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod CM-i17</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> FM модулятор M1BT</t>
+  </si>
+  <si>
+    <t>$3.50</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H30 +BT с ароматизатором</t>
+  </si>
+  <si>
+    <t>$4.40</t>
+  </si>
+  <si>
+    <t>Трансмитер FM MOD. V9 BT +earphone</t>
+  </si>
+  <si>
+    <t>$5.90</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H5</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod CM-i18</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер Carv 7</t>
+  </si>
+  <si>
+    <t>$3.40</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod V11 BT+ bluetooth гарнитура</t>
+  </si>
+  <si>
+    <t>$5.30</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H28BT с Bluetooth</t>
+  </si>
+  <si>
+    <t>Fm Модулятор Bluetooth-адаптер BT H15 Wireless</t>
+  </si>
+  <si>
+    <t>$4.00</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod CM-i9</t>
+  </si>
+  <si>
+    <t>FM модулятор  CAR X8 BT</t>
+  </si>
+  <si>
+    <t>$2.65</t>
+  </si>
+  <si>
+    <t>Bluetooth-адаптер BT970</t>
+  </si>
+  <si>
+    <t>$2.90</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H2 +BT</t>
+  </si>
+  <si>
+    <t>$4.20</t>
+  </si>
+  <si>
+    <t>Автомобильный FM-трансмиттер TIO Car Wireless MP3 3776</t>
+  </si>
+  <si>
+    <t>$4.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FM-трансмиттер FM Mod Cm S25 </t>
+  </si>
+  <si>
+    <t>$3.45</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер с Bluetooth HZ H20BT</t>
+  </si>
+  <si>
+    <t>FM модулятор X8 Plus Bluetooth 2 USB AUX трансмиттер</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FM-трансмиттер i9 Bluetooth </t>
+  </si>
+  <si>
+    <t>Fm Модулятор Bluetooth-адаптер BT H86 Wireless</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod CM-S16BL+BT</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H8</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер X7 Bluetooth MP3</t>
+  </si>
+  <si>
+    <t>$3.30</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM MOD 601BT</t>
+  </si>
+  <si>
+    <t>Fm Модулятор Bluetooth-адаптер BT H29 Wireless</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod G6</t>
+  </si>
+  <si>
+    <t>$2.40</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер с Bluetooth X5</t>
+  </si>
+  <si>
+    <t>$3.00</t>
+  </si>
+  <si>
+    <t>USB Bluetooth Dongle BT580B</t>
+  </si>
+  <si>
+    <t>$1.10</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod A30 BT</t>
+  </si>
+  <si>
+    <t>$4.30</t>
+  </si>
+  <si>
+    <t>Автомобильный Bluetooth трансмиттер Wireless Receiver B450</t>
+  </si>
+  <si>
+    <t>$1.30</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H16</t>
+  </si>
+  <si>
+    <t>Автомобильный ФМ модулятор G12, FM-трансмиттер</t>
+  </si>
+  <si>
+    <t>$2.60</t>
+  </si>
+  <si>
+    <t>Bluetooth-адаптер BT 960 USB AUX</t>
+  </si>
+  <si>
+    <t>$1.90</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod BT07</t>
+  </si>
+  <si>
+    <t>Автомобильный FM модулятор G-7</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H18</t>
+  </si>
+  <si>
+    <t>FM модулятор H7BT, Автомобильный трансмиттер</t>
+  </si>
+  <si>
+    <t>$3.70</t>
+  </si>
+  <si>
+    <t>Bluetooth-адаптер USB v4.0 HQ-Tech BT4-S1 Qualcomm CSR8510</t>
+  </si>
+  <si>
+    <t>$1.70</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер CAR 78 BT</t>
+  </si>
+  <si>
+    <t>$5.40</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер HZ H26+BT</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер FM Mod H19 +BT</t>
+  </si>
+  <si>
+    <t>FM модулятор трансмиттер Car Q7S c выносным дисплеем</t>
+  </si>
+  <si>
+    <t>$9.60</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер с BlueTooth H21BT</t>
+  </si>
+  <si>
+    <t>FM-трансмиттер CAR Q16 BT Aroma с ароматизатором для авто Car FM Player</t>
+  </si>
+  <si>
+    <t>$3.95</t>
+  </si>
+  <si>
+    <t>GPS-навигаторы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GPS-трекер с Sim-картой Mini A8 </t>
+  </si>
+  <si>
+    <t>$4.80</t>
+  </si>
+  <si>
+    <t>Gps Трекер GF-07 Магнитный | Мини GPS трекер со встроенными магнитами для крепления GF-07</t>
+  </si>
+  <si>
+    <t>$4.60</t>
+  </si>
+  <si>
+    <t>Автомобильный навигатор 7  (256mb/8gb) 7009</t>
+  </si>
+  <si>
+    <t>$58.00</t>
+  </si>
+  <si>
+    <t>Автомагнитолы</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP5 532-10C</t>
+  </si>
+  <si>
+    <t>$255.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3887 ISO 1DIN +BT сенсорный дисплей</t>
+  </si>
+  <si>
+    <t>$12.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Автомагнитола 2Din с экраном 9.5  9520 </t>
+  </si>
+  <si>
+    <t>$69.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола CAR MP3 SA 520 ISO с Bluetooth</t>
+  </si>
+  <si>
+    <t>$9.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола с Bluetooth CDX-6821</t>
+  </si>
+  <si>
+    <t>$15.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 1097 BT+сьемная панель ISO cable</t>
+  </si>
+  <si>
+    <t>$14.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP5 4022D BT 4.1</t>
+  </si>
+  <si>
+    <t>$22.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола 1Din с экраном 9.5" на Android 9512A</t>
+  </si>
+  <si>
+    <t>$93.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 7001 BT с держателем для телефона</t>
+  </si>
+  <si>
+    <t>Автомагнитола HS MP-865</t>
+  </si>
+  <si>
+    <t>$12.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола 1785, 1DIN, с LED-дисплеем и пультом дистанционного управления</t>
+  </si>
+  <si>
+    <t>Автомагнитола с Bluetooth DEH-6818</t>
+  </si>
+  <si>
+    <t>Автомагнитола MC-7049A</t>
+  </si>
+  <si>
+    <t>$70.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола HS MP-819</t>
+  </si>
+  <si>
+    <t>$10.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомагнитола MP31782, Bluetooth, 1DIN, </t>
+  </si>
+  <si>
+    <t>Автомагнитола 4052AI ISO с экраном 4.1" 1 DIN,</t>
+  </si>
+  <si>
+    <t>$20.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола  HS MP-4256 BT 2 USB ISO</t>
+  </si>
+  <si>
+    <t>Автомагнитола 9582A 9,5" CarPlay Android 4+64 ГБ</t>
+  </si>
+  <si>
+    <t>$65.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомагнитола MC-7023 Android+GPS 2G/16G (7") </t>
+  </si>
+  <si>
+    <t>$85.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомагнитола 7inch 2DIN 7023W MP5+RC+SRS </t>
+  </si>
+  <si>
+    <t>$60.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола HS MP-4254 BT 2 USB ISO</t>
+  </si>
+  <si>
+    <t>Автомагнитола 2DIN 7023A с сенсорным экраном 8" на Android, 2GB RAM, 32GB памяти</t>
+  </si>
+  <si>
+    <t>$41.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола HS MP-866</t>
+  </si>
+  <si>
+    <t>$6.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола 1801 с 2 выходами ,USB,SD,FM,AUX,Bluetooth</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомагнитола MP3-1095 BT съемная панель ISO cable </t>
+  </si>
+  <si>
+    <t>Автомагнитола MP5 CJ CP606 BT Android 8.0 2G-16G 2din</t>
+  </si>
+  <si>
+    <t>$45.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3886 ISO 1DIN сенсорный дисплей</t>
   </si>
   <si>
     <t>$13.50</t>
   </si>
   <si>
-    <t>FM-трансмиттеры</t>
-[...281 lines deleted...]
-    <t>Автомагнитола 4052AI ISO с экраном 4.1" 1 DIN,</t>
+    <t xml:space="preserve">Автомагнитола 1 DIN CML-PLAY 4051 </t>
   </si>
   <si>
     <t>$19.50</t>
   </si>
   <si>
-    <t>Автомагнитола MC-7049A</t>
-[...2 lines deleted...]
-    <t>$70.00</t>
+    <t xml:space="preserve">Автомагнитола HS 2500 MP </t>
+  </si>
+  <si>
+    <t>$23.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3888 ISO 1DIN +BT сенсорный дисплей</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3885 ISO 1DIN +BT сенсорный дисплей</t>
+  </si>
+  <si>
+    <t>Автомагнитола 1Din 9.5" Tesla Style 9510A Android (2 ram / 16gb rom)+gps</t>
+  </si>
+  <si>
+    <t>$110.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3200 + BT</t>
+  </si>
+  <si>
+    <t>$10.50</t>
+  </si>
+  <si>
+    <t>Автомагнитола 2Din, сенсорный экран MP5 7010B + BT</t>
+  </si>
+  <si>
+    <t>Автомагнитола JSD G-1101 с TFT-дисплеем, Bluetooth, USB, microSD</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP5 4026 BT 4.1</t>
+  </si>
+  <si>
+    <t>Автомагнитола 2Din 9.5" Tesla Style 910</t>
+  </si>
+  <si>
+    <t>$64.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола Multimedia 4*1 MP5 Player 4514</t>
+  </si>
+  <si>
+    <t>Автомагнитола JSD G-1103 с Bluetooth, USB, microSD, AUX</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 3100 + BT</t>
   </si>
   <si>
     <t>Автомагнитола 2Din MP5 7012B + BT (20)</t>
   </si>
   <si>
+    <t>Автомагнитола 1Din с экраном 8" 9012A на Android (2 ram/16gb rom)</t>
+  </si>
+  <si>
+    <t>$79.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 1097 BT съемная панель  ISO cable</t>
+  </si>
+  <si>
+    <t>Автомагнитола MC-7021 Android+GPS 1G/16G (7")</t>
+  </si>
+  <si>
+    <t>$80.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола с сенсорным экраном 6.9 1DIN 6280A Android 13 2/32 ГБ(6288А)</t>
+  </si>
+  <si>
+    <t>$55.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 1096 BT съемная панель ISO cable</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Автомагнитола 1Din 5" MP5 5055 BT</t>
+  </si>
+  <si>
+    <t>$38.00</t>
+  </si>
+  <si>
+    <t>Автомагнитола MP3 1094 BT съемная панель  ISO cable</t>
+  </si>
+  <si>
+    <t>Автомагнитола HS MP-4255 BT 2 USB ISO</t>
+  </si>
+  <si>
+    <t>Автомагнитола с Bluetooth CDX-6819BT</t>
+  </si>
+  <si>
+    <t>Автомобильные зарядные устройства</t>
+  </si>
+  <si>
+    <t>Адаптер Car Charger Usb HC6</t>
+  </si>
+  <si>
+    <t>Зарядное устройство ipipoo XP-3  micro</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство QC 3.0 (6A) 681</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство HZ HC-13 USB C USB (C 5V3.1A    5V3A   9V2A  12V1.5A)</t>
+  </si>
+  <si>
+    <t>Адаптер HOCO CAR USB DOUBLE Z1</t>
+  </si>
+  <si>
+    <t>$1.95</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство Ipipoo XP-12</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство Hoco NZ2 PD 30W + QC3.0, с кабелем Lightning</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-C23 (3.1A / 2 USB порта + кабель для iPhone)</t>
+  </si>
+  <si>
+    <t>$3.20</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство (2,1 A / 2 USB)</t>
+  </si>
+  <si>
+    <t>$0.55</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-C22 (2.1A / 2 USB порта + кабель для iPhone)</t>
+  </si>
+  <si>
+    <t>$2.85</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство на 2USB HZ HC-6 lcd</t>
+  </si>
+  <si>
+    <t>$2.10</t>
+  </si>
+  <si>
+    <t>Автомобильная USB зарядка 3IN1</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-C17 (1A / 1 USB порт + кабель MicroUSB)</t>
+  </si>
+  <si>
+    <t>$2.05</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство XRX-001 (1 A / 1 USB порт)</t>
+  </si>
+  <si>
+    <t>$0.30</t>
+  </si>
+  <si>
+    <t>Автомобильная USB зарядка C-02-KO-13</t>
+  </si>
+  <si>
+    <t>$1.60</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-C17 (1A / 1 USB порт + кабель для iPhone)</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство  от прикуривателя 2.1А "HZ HC-1"  lcd</t>
+  </si>
+  <si>
+    <t>Зарядка автомобильная Wario iPhone 4</t>
+  </si>
+  <si>
+    <t>$0.90</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-219 (2.1A / 2 USB порта + кабель MicroUSB)</t>
+  </si>
+  <si>
+    <t>$3.05</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное  устройство С-01 38W FAST CHARGE (USB-A-QC 3.0  5V-3A  9V-2A  12V-1.5A  Type-C )</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство PAX-20AU02 (1 A / 1,25 м / MiniUSB)</t>
+  </si>
+  <si>
+    <t>$0.65</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство LDNIO DL-219 (2.1A / 2 USB порта + кабель для iPhone)</t>
+  </si>
+  <si>
+    <t>$3.10</t>
+  </si>
+  <si>
+    <t>Силиконовый коврик с беспроводной зарядкой и подставкой FAST WIRELESS CHARGING C7</t>
+  </si>
+  <si>
+    <t>$8.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый коврик с беспроводной зарядкой 15W Qinetiq Car Wireless Pad </t>
+  </si>
+  <si>
+    <t>$7.80</t>
+  </si>
+  <si>
+    <t>Адаптер Car USB HC7 auto id 3.1A</t>
+  </si>
+  <si>
+    <t>Автомобильное  зарядное устройство HZ HC-12 (5V3.4A  20W  USB-5V-3.1A    Type-C-5V4A)</t>
+  </si>
+  <si>
+    <t>$1.85</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство RX-003 (1A + 2.1A / 2 USB порта)</t>
+  </si>
+  <si>
+    <t>$0.45</t>
+  </si>
+  <si>
+    <t>Автомобильные часы</t>
+  </si>
+  <si>
+    <t>Часы с внутренним и наружным датчиком температуры VST-7065</t>
+  </si>
+  <si>
+    <t>$2.00</t>
+  </si>
+  <si>
+    <t>Автомобильные часы Kenko KK-613D + Секунды</t>
+  </si>
+  <si>
+    <t>$0.75</t>
+  </si>
+  <si>
+    <t>Автомобильные часы Kenko KD 1826</t>
+  </si>
+  <si>
+    <t>$0.85</t>
+  </si>
+  <si>
+    <t>Автомобильные часы с оранжевой подсветкой KS-782A-5</t>
+  </si>
+  <si>
+    <t>Термометр TPM-10  с выносным датчиком температуры</t>
+  </si>
+  <si>
+    <t>$0.95</t>
+  </si>
+  <si>
+    <t>Автомобильные часы VST 7009V термометр+вольтметр</t>
+  </si>
+  <si>
+    <t>Видеорегистраторы</t>
+  </si>
+  <si>
+    <t>Видеорегистратор Z 30 2 камеры</t>
+  </si>
+  <si>
     <t>$22.50</t>
   </si>
   <si>
-    <t>Автомагнитола HS MP-866</t>
-[...116 lines deleted...]
-    <t>Автомагнитола 1Din MP5 7012B + BT</t>
+    <t>Видеорегистратор DVR E26</t>
+  </si>
+  <si>
+    <t>$33.00</t>
+  </si>
+  <si>
+    <t>Видеорегистратор Eplutus DVR-911 (2.5"\FullHD)</t>
+  </si>
+  <si>
+    <t>$16.00</t>
+  </si>
+  <si>
+    <t>DVR Видеорегистратор для авто wifi</t>
+  </si>
+  <si>
+    <t>$19.00</t>
+  </si>
+  <si>
+    <t>Автомобильный видеорегистратор DVR SD319/z233D на 3 камеры</t>
+  </si>
+  <si>
+    <t>Видеорегистратор на 3 камеры NAZIM N3000 Full HD с выносной камерой заднего вида</t>
+  </si>
+  <si>
+    <t>$21.00</t>
+  </si>
+  <si>
+    <t>Видеорегистратор DVR Q2 6869</t>
+  </si>
+  <si>
+    <t>$7.40</t>
+  </si>
+  <si>
+    <t>Видеорегистратор DVR K6000 1080р Full HD</t>
+  </si>
+  <si>
+    <t>$7.50</t>
+  </si>
+  <si>
+    <t>Видеорегистратор DVR SD450 / z27 с двумя камерами</t>
+  </si>
+  <si>
+    <t>Видеорегистратор Eplutus DVR-931 (FullHD)</t>
+  </si>
+  <si>
+    <t>$23.50</t>
+  </si>
+  <si>
+    <t>Видеорегистратор DVR X7 с антирадаром и GPS модулем Full HD 1080P</t>
+  </si>
+  <si>
+    <t>$25.00</t>
+  </si>
+  <si>
+    <t>Видеорегистратор G30 Full HD 1080P 1 камера</t>
+  </si>
+  <si>
+    <t>DVR Z30 HD1080 5'' двумя камерами</t>
+  </si>
+  <si>
+    <t>$24.00</t>
+  </si>
+  <si>
+    <t>Авторегистратор CT 503 / z14a 1080P 4'' с двумя камерами</t>
+  </si>
+  <si>
+    <t>Автодержатели</t>
+  </si>
+  <si>
+    <t>Автодержатель 5042</t>
+  </si>
+  <si>
+    <t>Автодержатель-беспроводное зарядное устройство C5</t>
+  </si>
+  <si>
+    <t>Автодержатель CT-507</t>
+  </si>
+  <si>
+    <t>Автодержатель XP-316</t>
+  </si>
+  <si>
+    <t>Автодержатель H-CT502</t>
+  </si>
+  <si>
+    <t>$5.00</t>
+  </si>
+  <si>
+    <t>Автодержатель CT-301</t>
+  </si>
+  <si>
+    <t>Автодержатель XP-315</t>
+  </si>
+  <si>
+    <t>Держатель для телефона Magnetic Car Holder L-103</t>
+  </si>
+  <si>
+    <t>Автодержатель XP-336</t>
+  </si>
+  <si>
+    <t>Автодержатель CT-213</t>
+  </si>
+  <si>
+    <t>Автодержатель CT-303</t>
+  </si>
+  <si>
+    <t>Автодержатель H-CT318</t>
+  </si>
+  <si>
+    <t>Автодержатель 5043</t>
+  </si>
+  <si>
+    <t>Автодержатель CF-509</t>
+  </si>
+  <si>
+    <t>Автоакустика</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-6973B, 2-полосная коаксиальная акустика, 350 Вт, 6×9"</t>
+  </si>
+  <si>
+    <t>$17.50</t>
+  </si>
+  <si>
+    <t>Автомобильные динамики TS-A1695,  350 Вт, 16 см</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-6996E, 5-полосная коаксиальная акустика, 650 Вт, 6×9"</t>
+  </si>
+  <si>
+    <t>$18.50</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-1096, 3-полосная коаксиальная акустика, 180 Вт, 10 см</t>
+  </si>
+  <si>
+    <t>Автомобильная акустика TS-1095, 2-полосная коаксиальная система, 180 Вт, 10 см</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-1395, 2-полосная коаксиальная акустика, 600 Вт, 13 см</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-6995, 5-полосная акустическая система, 600 Вт, 6"x9"</t>
+  </si>
+  <si>
+    <t>Автомобильная акустика TS-1395, 4-полосная коаксиальная система, 600 Вт, 13 см</t>
+  </si>
+  <si>
+    <t>Автомобильные колонки TS-1696, 2-полосная коаксиальная акустика, 350 Вт, 16 см</t>
+  </si>
+  <si>
+    <t>$11.50</t>
+  </si>
+  <si>
+    <t>Наушники</t>
+  </si>
+  <si>
+    <t>Накладные беспроводные наушники</t>
+  </si>
+  <si>
+    <t>Беспроводные наушники Cat VZV 28M BT</t>
+  </si>
+  <si>
+    <t>$3.80</t>
+  </si>
+  <si>
+    <t>Беспроводные наушники с микрофоном Wireless Headphone P2961 BT</t>
+  </si>
+  <si>
+    <t>$6.20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводные наушники ST-96 </t>
+  </si>
+  <si>
+    <t>$5.80</t>
+  </si>
+  <si>
+    <t>Наушники MDR Marshall BT</t>
+  </si>
+  <si>
+    <t>$8.30</t>
+  </si>
+  <si>
+    <t>Беспроводные наушники AN 610 BT</t>
+  </si>
+  <si>
+    <t>Наушники MDR A36 CELEBRAT</t>
+  </si>
+  <si>
+    <t>Беспроводные наушники P9 с Bluetooth MIX COLOR</t>
+  </si>
+  <si>
+    <t>Наушники MDR P47+BT</t>
+  </si>
+  <si>
+    <t>Беспроводные наушники S460 Bluetooth с MP3</t>
+  </si>
+  <si>
+    <t>Наушники MDR VZV 23M BT  CAT EAR беспроводные наушники</t>
+  </si>
+  <si>
+    <t>Наушники MDR STUDIO</t>
+  </si>
+  <si>
+    <t>Вставные и внутриканальные наушники</t>
+  </si>
+  <si>
+    <t>Наушники Hoco M57 Sky sound universal earphones with mic</t>
+  </si>
+  <si>
+    <t>Вставные наушники с микрофоном Earpods</t>
+  </si>
+  <si>
+    <t>Вакуумные наушники Borofone BM20</t>
+  </si>
+  <si>
+    <t>Наушники BOROFONE BM21 Graceful universal earphones</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники MDR G3 CELEBRAT </t>
+  </si>
+  <si>
+    <t>$1.45</t>
+  </si>
+  <si>
+    <t>Наушники MDR G26 CELEBRAT</t>
+  </si>
+  <si>
+    <t>$1.40</t>
+  </si>
+  <si>
+    <t>Проводные наушники G4 7099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники Hoco M30 Glaring (3 цвета) </t>
+  </si>
+  <si>
+    <t>Наушники BOROFONE BM35 Farsighted universal earphones</t>
+  </si>
+  <si>
+    <t>Наушники MDR G35 CELEBRAT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники вакуумные MDR WZ-S9 </t>
+  </si>
+  <si>
+    <t>Проводные наушники BM48 Acoustic</t>
+  </si>
+  <si>
+    <t>$3.90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники Celebrat G38 Type-C </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники MDR D1 CELEBRAT </t>
+  </si>
+  <si>
+    <t>$1.50</t>
+  </si>
+  <si>
+    <t>Наушники BOROFONE BM31 Mysterious universal earphones</t>
+  </si>
+  <si>
+    <t>Наушники HOCO M82 La musique</t>
+  </si>
+  <si>
+    <t>Компьютерные наушники</t>
+  </si>
+  <si>
+    <t>Игровые наушники GM135 (RJ1)</t>
+  </si>
+  <si>
+    <t>Игровые наушники X23 (RJ3)</t>
+  </si>
+  <si>
+    <t>Игровые наушники GM132 (RJ2)</t>
+  </si>
+  <si>
+    <t>Аудиотехника</t>
+  </si>
+  <si>
+    <t>Стойка напольная для акустических систем  SP-602M</t>
+  </si>
+  <si>
+    <t>$17.60</t>
+  </si>
+  <si>
+    <t>Часы</t>
+  </si>
+  <si>
+    <t>Фонари, шокеры, лазерные указки</t>
+  </si>
+  <si>
+    <t>Видеонаблюдение и камеры</t>
+  </si>
+  <si>
+    <t>Уличная камера видеонаблюдения Smart 4G с солнечной панелью</t>
+  </si>
+  <si>
+    <t>$68.00</t>
+  </si>
+  <si>
+    <t>Уличная поворотная 4G-камера видеонаблюдения с солнечной панелью, 3 линзы SD 35-4G</t>
+  </si>
+  <si>
+    <t>$36.00</t>
+  </si>
+  <si>
+    <t>Крепления для телевизоров</t>
+  </si>
+  <si>
+    <t>Настенный кронштейн для крепления телевизора Wimpex WX-5048 23”-55” поворотное</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ D701 14-42 (10)</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора V5 (26"-55")</t>
+  </si>
+  <si>
+    <t>$6.80</t>
+  </si>
+  <si>
+    <t>Настенный кронштейн для телевизора Crownberg CB-5080 (14–55")</t>
+  </si>
+  <si>
+    <t>Поворотное настенное крепление для ТВ 55–85" V-Star S65</t>
+  </si>
+  <si>
+    <t>$35.00</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 14-42 V35</t>
+  </si>
+  <si>
+    <t>Настенный кронштейн для телевизора Crownberg CB-5082 (17–42")</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора CP402 с поворотом (26"-55")</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора V-Star 302W (14"-42")</t>
+  </si>
+  <si>
+    <t>Настенный поворотно-наклонный кронштейн для ТВ X-400 (32-55 дюймов)</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 15-43  V20T</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Крепление для ТВ GK 2407 </t>
+  </si>
+  <si>
+    <t>Настольное крепление для двух мониторов F160 (17–27")</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора Wimpex WX-5046</t>
+  </si>
+  <si>
+    <t>$8.50</t>
+  </si>
+  <si>
+    <t>Поворотное крепление для ТВ 45–75" P6</t>
   </si>
   <si>
     <t>$26.00</t>
   </si>
   <si>
-    <t>Автомагнитола 2Din 9.5" Tesla Style 910</t>
-[...401 lines deleted...]
-    <t>Автомобильные динамики 10 TS-1095</t>
+    <t>Настенный кронштейн для телевизора Crownberg CB-5081 (14–42")</t>
+  </si>
+  <si>
+    <t>Кронштейн Nokasonic NK-5030 LCD для крепления телевизора к стене (диагональ от 23" до 30")</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для ТВ 12-37" Nokasonic NK-5044 </t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 14-55 HDL 117B2</t>
+  </si>
+  <si>
+    <t>$5.50</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ с поворотом CP601 / CP402</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ D702 32-75</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора NK-5036 Nokasonic диагональ от 23 до 30"</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора Nokasonic NK-8040</t>
+  </si>
+  <si>
+    <t>$17.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для крепления телевизора Nokasonic NK-5039 LCD </t>
+  </si>
+  <si>
+    <t>Кронштейн крепление для телевизора на стену 40"-80"</t>
   </si>
   <si>
     <t>$9.00</t>
   </si>
   <si>
-    <t>Автомобильные динамики 10 TS-A1096</t>
-[...161 lines deleted...]
-    <t>Крепления для телевизоров</t>
+    <t>Крепление для ТВ с поворотом P6 45-75"</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора крепление на стену HT 003 32-70 дюйма</t>
+  </si>
+  <si>
+    <t>$6.00</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 32–70" B-70</t>
+  </si>
+  <si>
+    <t>$6.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепление для ТВ 26-63 V-40 / V-2 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора Nokasonic NK-404 DVD </t>
+  </si>
+  <si>
+    <t>Крепление настенное для ТВ 14–55" V499</t>
+  </si>
+  <si>
+    <t>Настенный крепеж CP 302 для ТВ с диагональю 14-42"</t>
+  </si>
+  <si>
+    <t>Настенное крепление для телевизора CP502 (40"-80")</t>
+  </si>
+  <si>
+    <t>$16.50</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора NK-406 DVD</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора Wimpex 300 x 300 мм x 45 кг WX-5045</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора Nokasonic NK-8054 LCD 48"</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора X-200 17"-42" до 22 кг</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 14-42 HDL 117B</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора V-70 (32"-70")</t>
+  </si>
+  <si>
+    <t>$7.00</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 14-40 V201</t>
+  </si>
+  <si>
+    <t>$9.95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора Nokasonic NK-404 А </t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора настенный V-STAR CP602  40-80</t>
+  </si>
+  <si>
+    <t>Напольное крепление-стойка для телевизора 32–70" TV CART 1500</t>
+  </si>
+  <si>
+    <t>Крепление для телевизоров HT-001 (15" - 42")</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора NK-5038 Nokasonic диагональ от 12 до 37</t>
+  </si>
+  <si>
+    <t>Настенный крепеж (кронштейн) V-Star 101W для ТВ с диагональю 14-27" (4771)</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора Nokasonic  NK-8042</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления телевизора Nokasonic NK-405 DVD до 17"</t>
+  </si>
+  <si>
+    <t>Крепление для ТВ 14-42 B27</t>
+  </si>
+  <si>
+    <t>$1.99</t>
+  </si>
+  <si>
+    <t>Крепление с наклоном для ТВ 26–55" V-63T</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора NK-5043 Nokasonic диагональ до 37"</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора крепление на стену 32-55" Tilt Mount HT-002</t>
+  </si>
+  <si>
+    <t>Крепление настенное для телевизора 32–55" V-Star S4</t>
+  </si>
+  <si>
+    <t>$13.80</t>
   </si>
   <si>
     <t xml:space="preserve">Крепление для ТВ D807 26-55 потолочное </t>
   </si>
   <si>
-    <t>Настенный кронштейн для телевизора Crownberg CB-5080 (14–55")</t>
-[...20 lines deleted...]
-    <t>Настенный кронштейн для ТВ HT-003 32-70 дюймов с наклоном</t>
+    <t>Настенное крепление для телевизора CP402 (26"-55)</t>
+  </si>
+  <si>
+    <t>$15.00</t>
   </si>
   <si>
     <t>Крепление настольное на два монитора Z022 17"-33</t>
   </si>
   <si>
     <t>$20.00</t>
   </si>
   <si>
-    <t>Крепление для ТВ 14-42 V35</t>
-[...181 lines deleted...]
-  <si>
     <t xml:space="preserve">Новогодний товар </t>
   </si>
   <si>
+    <t>XMAS Новогодний ночник «Книга» WDL-24023B (белый)</t>
+  </si>
+  <si>
+    <t>$20.80</t>
+  </si>
+  <si>
+    <t>XMAS Новогодний ночник «Кекс» WDL-25015A, 22,3 см</t>
+  </si>
+  <si>
+    <t>$28.00</t>
+  </si>
+  <si>
+    <t>Ночник «Рождественская свеча с фигурками» (14 см, LED Crystal Candle)</t>
+  </si>
+  <si>
+    <t>Ночник 3D «Ёлочка», голографический эффект (38×20 см)</t>
+  </si>
+  <si>
+    <t>XMAS Новогодний ночник «Фонарь» WDL-24074B (27,3 см)</t>
+  </si>
+  <si>
+    <t>Ночник «Рождественский фонарь» с LED-свечой (13 см)</t>
+  </si>
+  <si>
+    <t>$1.20</t>
+  </si>
+  <si>
+    <t>XMAS Новогодний ночник «Подарок» WDL-25010A (17,9 см)</t>
+  </si>
+  <si>
+    <t>$16.60</t>
+  </si>
+  <si>
+    <t>XMAS Новогодний ночник «Ёлка с Санта-Клаусом» WDL-24080A (32 см)</t>
+  </si>
+  <si>
+    <t>XMAS Новогодний ночник «Винтажный фонарь» WDL-24007A (25,3 см)</t>
+  </si>
+  <si>
     <t>XMAS Новогодний ночник «Винтажный фонарь» WDL-24073A (27 см)</t>
   </si>
   <si>
     <t>$24.80</t>
   </si>
   <si>
-    <t>XMAS Новогодний ночник винтажный фонарь WDL-25011A (20,5 см)</t>
-[...37 lines deleted...]
-  <si>
     <t>XMAS Новогодний ночник «Свеча со снеговиком» WDL-23016B</t>
   </si>
   <si>
-    <t>XMAS Новогодний ночник «Книга» WDL-24023A</t>
-[...7 lines deleted...]
-  <si>
     <t>XMAS Новогодний ночник «Винтажный фонарь» WDL-24061D (31 см)</t>
   </si>
   <si>
     <t>$28.50</t>
   </si>
   <si>
-    <t>XMAS Новогодний ночник «Телефонная будка» WDL-25002A (25 см)</t>
-[...46 lines deleted...]
-  <si>
     <t>Приставки Smart TV и T2</t>
   </si>
   <si>
-    <t>Смарт ТВ-приставка TX3 Mini – компактный мультимедийный центр с поддержкой 4K и Android 10</t>
-[...4 lines deleted...]
-  <si>
     <t>Smart TV приставка X88 Pro 20 (8/64 ГБ)</t>
   </si>
   <si>
     <t>Смарт ТВ приставка HK1 Box X3 (4/128 ГБ, Android 10)</t>
   </si>
   <si>
+    <t>Цифровой ТВ-тюнер MG 812 T2 с Wi-Fi, IPTV,</t>
+  </si>
+  <si>
+    <t>Тюнер UKC DVB-T2 0968 Metal с поддержкой wifi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Тюнер DVB-T2 Beko METAL 9440 с поддержкой wi-fi адаптера</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Тюнер DVB-T2 OMEGA IOTO METAL с поддержкой wi-fi адаптера (с экраном)</t>
   </si>
   <si>
-    <t>Цифровой ТВ-тюнер MG 812 T2 с Wi-Fi, IPTV,</t>
+    <t>ТВ-приставка J16 Android 10, 2/8 ГБ, 4K, Wi-Fi 2.4/5 ГГц</t>
+  </si>
+  <si>
+    <t>$21.50</t>
   </si>
   <si>
     <t>Smart TV приставка H96 Max RK3528 4/64 ГБ — Android 13</t>
   </si>
   <si>
-    <t>Цифровая приставка T15 (DVB-T2) Wi-fi</t>
-[...1 lines deleted...]
-  <si>
     <t>Smart TV приставка H96 Max RK3528 4/32 ГБ — Android 13</t>
   </si>
   <si>
-    <t>Смарт ТВ-приставка X96 Mini 2+16 Гб</t>
-[...1 lines deleted...]
-  <si>
     <t>Smart TV приставка H96 Max RK3566 (4/64 ГБ, Android 11)</t>
   </si>
   <si>
-    <t>Тюнер UKC DVB-T2 0968 Metal с поддержкой wifi</t>
-[...1 lines deleted...]
-  <si>
     <t>Смарт ТВ приставка HK1 Box X3 (4/64 ГБ, Android 10)</t>
   </si>
   <si>
-    <t xml:space="preserve"> Тюнер DVB-T2 Beko METAL 9440 с поддержкой wi-fi адаптера</t>
-[...1 lines deleted...]
-  <si>
     <t>Тюнер DVB-T2 0967 с поддержкой wi-fi адаптера</t>
   </si>
   <si>
-    <t>ТВ-приставка J16 Android 10, 2/8 ГБ, 4K, Wi-Fi 2.4/5 ГГц</t>
-[...13 lines deleted...]
-  <si>
     <t>Wi-Fi роутеры</t>
   </si>
   <si>
-    <t>Wi-Fi роутер Netis N3 AC1200</t>
-[...2 lines deleted...]
-    <t>$26.50</t>
+    <t>USB Wi-Fi репитер</t>
+  </si>
+  <si>
+    <t>Коммутатор сетевой Netis ST3116P, 16 портов</t>
+  </si>
+  <si>
+    <t>$19.80</t>
+  </si>
+  <si>
+    <t>Wi-Fi роутер Tenda N301, 300 Мбит/с</t>
+  </si>
+  <si>
+    <t>$11.20</t>
   </si>
   <si>
     <t xml:space="preserve">Настольный гигабитный коммутатор Mercusys MS108G </t>
   </si>
   <si>
+    <t>Репитер 09 LV WR WI-FI роутер + repeater/ap Ретранслятор вай фай</t>
+  </si>
+  <si>
+    <t>$10.80</t>
+  </si>
+  <si>
+    <t>Беспроводной адаптер Tenda W311Mi, 150 Мбит/с, USB</t>
+  </si>
+  <si>
+    <t>Коммутатор сетевой Netis ST3108GC, 8 портов Gigabit Ethernet (10/100/1000 Мбит/с)</t>
+  </si>
+  <si>
+    <t>Wi-Fi роутер TP-LINK TL-WR840N</t>
+  </si>
+  <si>
+    <t>$14.80</t>
+  </si>
+  <si>
+    <t>Усилитель сигнала Wi-Fi Wireless-N Repeater, 300 Мбит/с</t>
+  </si>
+  <si>
+    <t>$4.10</t>
+  </si>
+  <si>
     <t>Роутер TP-Link TL-WR845N</t>
   </si>
   <si>
-    <t>$17.50</t>
-[...11 lines deleted...]
-    <t>Wi-Fi-роутер Netis N3D</t>
+    <t xml:space="preserve">USB WI-FI Адаптер WF-2\LV-UW10-2DB </t>
+  </si>
+  <si>
+    <t>Wi-Fi роутер Tenda TX2L Pro, Wi-Fi 6, AX1500, 1 Гбит/с, 5 антенн</t>
+  </si>
+  <si>
+    <t>$32.00</t>
   </si>
   <si>
     <t>Роутер TP-Link TL-WA850RE</t>
   </si>
   <si>
-    <t>Репитер 09 LV WR WI-FI роутер + repeater/ap Ретранслятор вай фай</t>
-[...19 lines deleted...]
-  <si>
     <t>Wi-Fi роутер TP-LINK Archer C24</t>
   </si>
   <si>
     <t>$25.50</t>
-  </si>
-[...46 lines deleted...]
-    <t>Коммутатор TP-LINK TL-SF1005D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="11">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="00000000"/>
       <name val="BELL MT"/>
@@ -2133,51 +2016,51 @@
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21872-100x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22511-100x1002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17272-100x1003.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58566-100x1004.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36563-100x1005.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19301-100x1006.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52546-100x1007.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53748-100x1008.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32398-100x1009.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17696-100x10010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08756-100x10011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39273-100x10012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54490-100x10013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40693-100x10014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41156-100x10015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44377-100x10016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11968-100x10017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30967-100x10018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55280-100x10019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05458-100x10020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11612-100x10021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02443-100x10022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13556-100x10023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56430-100x10024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22489-100x10025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16499-100x10026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05949-100x10027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22435-100x10028.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22482-100x10029.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41395-100x10030.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27130-100x10031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53613-100x10032.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41439-100x10033.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38926-100x10034.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47753-100x10035.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39840-100x10036.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23783-100x10037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37915-100x10038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41886-100x10039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38338-100x10040.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37678-100x10041.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36648-100x10042.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54536-100x10043.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47714-100x10044.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07583-100x10045.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54736-100x10046.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45589-100x10047.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31866-100x10048.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04660-100x10049.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41252-100x10050.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54918-100x10051.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57136-100x10052.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55400-100x10053.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58433-100x10054.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55233-100x10055.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27648-100x10056.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27432-100x10057.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34545-100x10058.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27782-100x10059.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55598-100x10060.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40955-100x10061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48335-100x10062.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41582-100x10063.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47221-100x10064.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41985-100x10065.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37443-100x10066.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40787-100x10067.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38807-100x10068.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19505-100x10069.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05890-100x10070.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33493-100x10071.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27164-100x10072.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55835-100x10073.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39891-100x10074.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09336-100x10075.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09685-100x10076.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25259-100x10077.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00616-100x10078.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34432-100x10079.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31530-100x10080.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00225-100x10081.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19132-100x10082.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28992-100x10083.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56162-100x10084.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36119-100x10085.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20529-100x10086.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33496-100x10087.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53815-100x10088.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27181-100x10089.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20822-100x10090.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55656-100x10091.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46892-100x10092.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06597-100x10093.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07911-100x10094.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44173-100x10095.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04560-100x10096.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12540-100x10097.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40295-100x10098.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05157-100x10099.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27387-100x100100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30233-100x100101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03784-100x100102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22479-100x100103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56679-100x100104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02543-100x100105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20230-100x100106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55750-100x100107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59644-100x100108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16361-100x100109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43427-100x100110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03115-100x100111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59566-100x100112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10834-100x100113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19394-100x100114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37302-100x100115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40255-100x100116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50821-100x100117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58304-100x100118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59506-100x100119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57149-100x100120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55808-100x100121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34283-100x100122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59825-100x100123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11334-100x100124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07315-100x100125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01228-100x100126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39504-100x100127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44858-100x100128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26973-100x100129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52855-100x100130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30934-100x100131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32143-100x100132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32381-100x100133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42724-100x100134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53157-100x100135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30596-100x100136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07937-100x100137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19698-100x100138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13517-100x100139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10820-100x100140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23231-100x100141.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29933-100x100142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32432-100x100143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09511-100x100144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12673-100x100145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49187-100x100146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57537-100x100147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08133-100x100148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21817-100x100149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52767-100x100150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44522-100x100151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441-100x100152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34624-100x100153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21853-100x100154.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33172-100x100155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42374-100x100156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11958-100x100157.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58551-100x100158.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22463-100x100159.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42402-100x100160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21941-100x100161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05734-100x100162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45332-100x100163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17993-100x100164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54544-100x100165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50411-100x100166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33730-100x100167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22571-100x100168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36734-100x100169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35258-100x100170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46597-100x100171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30872-100x100172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27449-100x100173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52720-100x100174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51614-100x100175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54397-100x100176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51940-100x100177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29452-100x100178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41452-100x100179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58942-100x100180.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57953-100x100181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01228-100x100182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27636-100x100183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26374-100x100184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05500-100x100185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20577-100x100186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06188-100x100187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12130-100x100188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54835-100x100189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30206-100x100190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927-100x100191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02587-100x100192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42520-100x100193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11698-100x100194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46677-100x100195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18702-100x100196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37470-100x100197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35100-100x100198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40610-100x100199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36151-100x100200.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00397-100x100201.png"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45301-100x100202.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04402-100x100203.png"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12301-100x100204.png"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14483-100x100205.png"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22709-100x100206.png"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13656-100x100207.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46695-100x100208.png"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12388-100x100209.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24481-100x100210.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24264-100x100211.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29522-100x100212.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04834-100x100213.png"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12873-100x100214.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13533-100x100215.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42570-100x100216.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30700-100x100217.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29361-100x100218.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37717-100x100219.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05732-100x100220.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06681-100x100221.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25560-100x100222.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38475-100x100223.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41353-100x100224.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59280-100x100225.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34355-100x100226.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25638-100x100227.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00812-100x100228.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51544-100x100229.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17237-100x100230.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48365-100x100231.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07388-100x100232.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06106-100x100233.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26349-100x100234.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46186-100x100235.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15819-100x100236.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54825-100x100237.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39420-100x100238.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32505-100x100239.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28284-100x100240.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23552-100x100241.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18707-100x100242.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55466-100x100243.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25530-100x100244.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18610-100x100245.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27483-100x100246.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835-100x100247.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54805-100x100248.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52416-100x100249.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44133-100x100250.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30245-100x100251.png"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09825-100x100252.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17404-100x100253.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32456-100x100254.png"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24988-100x100255.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59775-100x100256.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06520-100x100257.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23128-100x100258.png"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51978-100x100259.png"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06721-100x100260.png"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25606-100x100261.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56516-100x100262.png"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19642-100x100263.png"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29961-100x100264.png"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15711-100x100265.png"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08685-100x100266.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00703-100x100267.png"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34654-100x100268.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15593-100x100269.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55746-100x100270.png"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42812-100x100271.png"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44792-100x100272.png"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326-100x100273.png"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04621-100x100274.png"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06541-100x100275.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16757-100x100276.png"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13759-100x100277.png"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21798-100x100278.png"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59128-100x100279.png"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58179-100x100280.png"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20945-100x100281.png"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44798-100x100282.png"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41731-100x100283.png"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36158-100x100284.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18858-100x100285.png"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38307-100x100286.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19594-100x100287.png"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13459-100x100288.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11502-100x100289.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17794-100x100290.png"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26420-100x100291.png"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18917-100x100292.png"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19421-100x100293.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11275-100x100294.png"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33569-100x100295.png"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07285-100x100296.png"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33598-100x100297.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07830-100x100298.png"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49817-100x100299.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06982-100x100300.png"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00619-100x100301.png"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11112-100x100302.png"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11527-100x100303.png"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25101-100x100304.png"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16279-100x100305.png"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05148-100x100306.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38550-100x100307.png"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32293-100x100308.png"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59672-100x100309.png"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04131-100x100310.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40315-100x100311.png"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39777-100x100312.png"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40315-100x100313.png"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28137-100x100314.png"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03716-100x100315.png"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56410-100x100316.png"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19392-100x100317.png"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33440-100x100318.png"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05953-100x100319.png"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07455-100x100320.png"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32413-100x100321.png"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10191-100x100322.png"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14279-100x100323.png"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20286-100x100324.png"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50549-100x100325.png"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19708-100x100326.png"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04484-100x100327.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58877-100x100328.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10281-100x100329.png"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53889-100x100330.png"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42249-100x100331.png"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01974-100x100332.png"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05784-100x100333.png"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51297-100x100334.png"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13740-100x100335.png"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00648-100x100336.png"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52971-100x100337.png"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57909-100x100338.png"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08758-100x100339.png"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47778-100x100340.png"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54306-100x100341.png"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48283-100x100342.png"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26764-100x100343.png"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43977-100x100344.png"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38287-100x100345.png"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40557-100x100346.png"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07868-100x100347.png"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13585-100x100348.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52546-100x1001.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21872-100x1002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22511-100x1003.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17272-100x1004.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58566-100x1005.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36563-100x1006.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19301-100x1007.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53748-100x1008.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32398-100x1009.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17696-100x10010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27432-100x10011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55400-100x10012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27782-100x10013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55598-100x10014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27648-100x10015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48335-100x10016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34545-100x10017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39273-100x10018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54490-100x10019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40955-100x10020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41156-100x10021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41582-100x10022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52122-100x10023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30967-100x10024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40693-100x10025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05458-100x10026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44377-100x10027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11968-100x10028.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13556-100x10029.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55280-100x10030.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22489-100x10031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11612-100x10032.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02443-100x10033.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05949-100x10034.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56430-100x10035.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22482-100x10036.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41395-100x10037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16499-100x10038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53613-100x10039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22435-100x10040.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38926-100x10041.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47753-100x10042.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27130-100x10043.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23783-100x10044.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41439-100x10045.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41886-100x10046.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38338-100x10047.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39840-100x10048.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36648-100x10049.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37915-100x10050.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47714-100x10051.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07583-100x10052.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37678-100x10053.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45589-100x10054.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54536-100x10055.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04660-100x10056.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41252-100x10057.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54736-100x10058.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57136-100x10059.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31866-100x10060.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58433-100x10061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55233-100x10062.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54918-100x10063.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47221-100x10064.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41985-100x10065.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37443-100x10066.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02543-100x10067.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03115-100x10068.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03784-100x10069.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59644-100x10070.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56679-100x10071.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43427-100x10072.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40255-100x10073.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55750-100x10074.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10834-100x10075.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16361-100x10076.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33786-100x10077.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59566-100x10078.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38807-100x10079.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19394-100x10080.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37509-100x10081.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40787-100x10082.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27164-100x10083.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56187-100x10084.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37302-100x10085.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33493-100x10086.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09685-100x10087.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25259-100x10088.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05890-100x10089.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28992-100x10090.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09336-100x10091.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31530-100x10092.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20529-100x10093.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00616-100x10094.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53815-100x10095.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34432-100x10096.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36119-100x10097.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55656-100x10098.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19132-100x10099.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55835-100x100100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56162-100x100101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20822-100x100102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04560-100x100103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33496-100x100104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06597-100x100105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27181-100x100106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19505-100x100107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30233-100x100108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46892-100x100109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40295-100x100110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07911-100x100111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27387-100x100112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20230-100x100113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12540-100x100114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22479-100x100115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05157-100x100116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23231-100x100117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29933-100x100118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32432-100x100119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50821-100x100120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58304-100x100121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59506-100x100122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57149-100x100123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55808-100x100124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34283-100x100125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59825-100x100126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11334-100x100127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07315-100x100128.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01228-100x100129.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39504-100x100130.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44858-100x100131.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26973-100x100132.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52855-100x100133.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30934-100x100134.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32143-100x100135.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32381-100x100136.png"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42724-100x100137.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53157-100x100138.png"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30596-100x100139.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07937-100x100140.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19698-100x100141.png"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13517-100x100142.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10820-100x100143.png"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12673-100x100144.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08133-100x100145.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21817-100x100146.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52767-100x100147.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44522-100x100148.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09511-100x100149.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54544-100x100150.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25441-100x100151.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34624-100x100152.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21853-100x100153.png"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33172-100x100154.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42374-100x100155.png"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11958-100x100156.png"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58551-100x100157.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22463-100x100158.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42402-100x100159.png"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21941-100x100160.png"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05734-100x100161.png"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45332-100x100162.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17993-100x100163.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41452-100x100164.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50411-100x100165.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33730-100x100166.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22571-100x100167.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36734-100x100168.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35258-100x100169.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46597-100x100170.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30872-100x100171.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27449-100x100172.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52720-100x100173.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51614-100x100174.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54397-100x100175.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51940-100x100176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29452-100x100177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21817-100x100178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09866-100x100179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42722-100x100180.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11395-100x100181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41968-100x100182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00469-100x100183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56380-100x100184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48723-100x100185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55290-100x100186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06188-100x100187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12130-100x100188.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54835-100x100189.png"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44927-100x100190.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46677-100x100191.png"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30206-100x100192.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02587-100x100193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11698-100x100194.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35100-100x100195.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40610-100x100196.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20577-100x100197.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13533-100x100198.png"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36151-100x100199.png"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00397-100x100200.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45301-100x100201.png"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04402-100x100202.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12301-100x100203.png"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14483-100x100204.png"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22709-100x100205.png"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13656-100x100206.png"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46695-100x100207.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12388-100x100208.png"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24481-100x100209.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24264-100x100210.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29522-100x100211.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04834-100x100212.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12873-100x100213.png"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42570-100x100214.png"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30700-100x100215.png"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29361-100x100216.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05732-100x100217.png"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01259-100x100218.png"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22883-100x100219.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41353-100x100220.png"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17237-100x100221.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34355-100x100222.png"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25560-100x100223.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06106-100x100224.png"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51544-100x100225.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46186-100x100226.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48365-100x100227.png"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07388-100x100228.png"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39420-100x100229.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26349-100x100230.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28284-100x100231.png"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15819-100x100232.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54825-100x100233.png"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25530-100x100234.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32505-100x100235.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27483-100x100236.png"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18707-100x100237.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55466-100x100238.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44133-100x100239.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18610-100x100240.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09825-100x100241.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54805-100x100242.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52416-100x100243.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59775-100x100244.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15593-100x100245.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55735-100x100246.png"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23552-100x100247.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32456-100x100248.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24988-100x100249.png"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56516-100x100250.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30245-100x100251.png"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23128-100x100252.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24835-100x100253.png"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06721-100x100254.png"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25606-100x100255.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34654-100x100256.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06520-100x100257.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29961-100x100258.png"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17404-100x100259.png"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08685-100x100260.png"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00703-100x100261.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27326-100x100262.png"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19642-100x100263.png"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51978-100x100264.png"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42812-100x100265.png"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44792-100x100266.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21798-100x100267.png"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04621-100x100268.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55746-100x100269.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16757-100x100270.png"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14999-100x100271.png"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59280-100x100272.png"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06681-100x100273.png"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06541-100x100274.png"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00812-100x100275.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11275-100x100276.png"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33598-100x100277.png"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06982-100x100278.png"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11112-100x100279.png"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36158-100x100280.png"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17794-100x100281.png"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38307-100x100282.png"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25618-100x100283.png"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00619-100x100284.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59128-100x100285.png"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13459-100x100286.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26420-100x100287.png"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38550-100x100288.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32293-100x100289.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04131-100x100290.png"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56410-100x100291.png"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33440-100x100292.png"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59672-100x100293.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07455-100x100294.png"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40315-100x100295.png"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40315-100x100296.png"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03716-100x100297.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19392-100x100298.png"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05953-100x100299.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54306-100x100300.png"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46620-100x100301.png"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36893-100x100302.png"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20286-100x100303.png"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53889-100x100304.png"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55960-100x100305.png"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50749-100x100306.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42249-100x100307.png"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37152-100x100308.png"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50549-100x100309.png"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05784-100x100310.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41165-100x100311.png"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10281-100x100312.png"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13740-100x100313.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2442,51 +2325,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6612,81 +6495,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="149" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>167</xdr:row>
+      <xdr:row>168</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="150" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>168</xdr:row>
+      <xdr:row>169</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="151" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7032,81 +6915,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="163" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>182</xdr:row>
+      <xdr:row>183</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="164" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>183</xdr:row>
+      <xdr:row>184</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="165" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7452,81 +7335,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>198</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>198</xdr:row>
+      <xdr:row>199</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7692,51 +7575,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>208</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8052,81 +7935,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>220</xdr:row>
+      <xdr:row>221</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>221</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8532,81 +8415,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="215" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -8622,141 +8505,141 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>241</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>242</xdr:row>
+      <xdr:row>246</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>243</xdr:row>
+      <xdr:row>247</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>245</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -10392,111 +10275,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="275" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>305</xdr:row>
+      <xdr:row>306</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="276" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>306</xdr:row>
+      <xdr:row>307</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="277" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>307</xdr:row>
+      <xdr:row>308</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="278" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -10752,1863 +10635,813 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="287" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>319</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="288" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>319</xdr:row>
+      <xdr:row>320</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="289" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>320</xdr:row>
+      <xdr:row>321</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>321</xdr:row>
+      <xdr:row>322</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>322</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="292" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>323</xdr:row>
+      <xdr:row>324</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="293" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>324</xdr:row>
+      <xdr:row>325</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="294" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>325</xdr:row>
+      <xdr:row>326</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="295" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>326</xdr:row>
+      <xdr:row>327</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>327</xdr:row>
+      <xdr:row>328</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="297" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>328</xdr:row>
+      <xdr:row>329</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="298" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>329</xdr:row>
+      <xdr:row>330</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="299" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>330</xdr:row>
+      <xdr:row>332</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="300" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>331</xdr:row>
+      <xdr:row>333</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="301" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>332</xdr:row>
+      <xdr:row>334</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="302" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>333</xdr:row>
+      <xdr:row>335</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="303" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>334</xdr:row>
+      <xdr:row>336</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="304" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>336</xdr:row>
+      <xdr:row>337</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="305" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>337</xdr:row>
+      <xdr:row>338</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="306" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>338</xdr:row>
+      <xdr:row>339</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="307" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>340</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="308" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>340</xdr:row>
+      <xdr:row>341</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="309" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>342</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="310" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>342</xdr:row>
+      <xdr:row>343</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="311" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>343</xdr:row>
+      <xdr:row>344</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="312" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>557213</xdr:colOff>
-      <xdr:row>344</xdr:row>
+      <xdr:row>345</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="313" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
-        <a:stretch>
-[...1048 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -12867,62 +11700,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19290" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19289" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19288" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19287" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19286" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19285" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19284" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=18283" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=18284" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=19156" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=19485" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12693" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12694" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10768" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=17965" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10787" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10754" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3737" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10769" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6937" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18584" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10756" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14068" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10770" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=17964" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10757" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10888" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10771" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6928" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12215" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10759" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14067" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10776" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6929" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10512" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10760" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14066" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10777" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6930" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18672" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10761" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18585" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10778" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18641" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18583" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10762" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6261" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10779" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18640" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=16345" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10763" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=7818" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10780" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18639" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3219" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10764" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=7817" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10781" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18638" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3220" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10767" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=9203" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10783" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=15784" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=14078" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=16553" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18047" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16347" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16230" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13609" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16142" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13606" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16229" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=12556" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15036" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13604" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19195" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18046" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17047" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15160" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17603" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18123" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16188" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19194" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17045" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11050" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=12133" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13603" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18122" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17501" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11307" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15038" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19193" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16056" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17807" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11308" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15035" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=10543" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9514" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15037" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11309" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15268" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13605" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9517" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16670" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17044" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15266" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18775" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13608" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=8584" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17046" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9509" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18124" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13607" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=8674" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17500" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15978" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14805" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=8408" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19302" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3079" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=5699" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3082" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15973" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3084" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=6873" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3085" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15972" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3086" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15980" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=5678" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3087" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19449" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19448" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14070" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15979" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=1937" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14069" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=17106" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=7586" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=11032" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=14252" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=7548" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=7547" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=9779" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=9780" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=11891" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=14797" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11003" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=8554" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9165" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9813" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=16953" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11687" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=10684" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11682" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=8553" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11783" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=10685" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=12197" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11010" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9446" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8567" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12488" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12485" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=15084" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12482" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12484" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8125" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12469" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12473" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12466" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=15086" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8088" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12471" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8082" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=9794" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=9796" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=9795" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=15223" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=13952" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=13949" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=12360" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=16046" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15974" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=14128" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18831" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=17122" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18661" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15021" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15673" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15977" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18662" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18826" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15676" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=16318" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=6136" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13847" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13848" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17127" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17128" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=7596" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13843" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13850" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17129" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=9393" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13851" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=18827" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17125" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13849" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13846" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13845" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11897" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11896" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11895" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11898" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_74&amp;product_id=20024" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16730" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18944" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19913" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13547" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19906" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11381" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19486" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19912" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16725" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13971" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=10141" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11483" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19911" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13613" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18946" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19993" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13549" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19487" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18945" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13740" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19905" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13555" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13612" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19910" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18127" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13562" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13563" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13554" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13559" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19909" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18285" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13561" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=17473" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13614" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13566" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16358" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18103" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19507" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13560" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13551" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13552" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19908" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11385" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11378" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19505" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13565" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16872" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18132" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=14580" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19904" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13610" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13550" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19907" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13611" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19506" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13556" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16220" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13564" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19887" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19894" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19881" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19876" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19884" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19888" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19883" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19893" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19872" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19877" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19879" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19950" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19885" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19892" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19874" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19880" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19891" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19873" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19895" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19889" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19886" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19951" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19878" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=20223" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19882" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19875" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19490" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=17226" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19338" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19334" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=16423" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19331" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19337" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19454" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19336" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19489" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19335" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=18146" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19333" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=17984" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=18147" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19332" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=18281" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19453" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16644" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18853" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17845" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18854" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18856" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17207" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17848" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16443" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17844" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16656" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=13944" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18776" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16652" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=13225" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17693" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17694" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16643" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16661" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17994" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16642" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17979" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18857" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16654" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18851" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16655" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18852" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19284" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19290" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19289" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19288" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19287" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19286" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_76_99&amp;product_id=19285" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=18283" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=18284" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_119&amp;product_id=19156" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=7817" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10780" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18638" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3220" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10764" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=9203" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10781" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12693" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12694" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10767" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=17965" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10783" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=20403" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3737" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10768" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6937" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10787" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10754" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14068" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10769" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=17964" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18584" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10756" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10888" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10770" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6928" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=12215" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10757" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14067" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10771" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6929" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10512" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10759" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=14066" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10776" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6930" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18672" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10760" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18585" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10777" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18641" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18583" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10761" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=6261" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10778" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18640" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=16345" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10762" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=7818" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10779" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=18639" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=3219" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_117&amp;product_id=10763" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=15784" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=14078" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_67&amp;product_id=16553" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16670" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17046" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15268" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18775" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9517" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=8584" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17500" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15266" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18124" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13608" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=20272" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9509" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16347" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13607" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=20251" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18047" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13606" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=20491" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=8674" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16142" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13604" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19195" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13609" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16188" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15036" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15160" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11050" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18046" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13603" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17047" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17045" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11307" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18123" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16229" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19194" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17501" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11308" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=12133" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=19193" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=18122" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16230" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=11309" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15038" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=10543" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=16056" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15037" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=17044" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=15035" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=13605" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_72&amp;product_id=9514" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14069" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=17106" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=7586" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15978" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14805" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=8408" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19302" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3079" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=5699" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3082" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15973" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=428" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3084" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=6873" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=434" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3085" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15972" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=442" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3086" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15980" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=5678" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=3087" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19449" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=19448" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=14070" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=15979" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_296_122&amp;product_id=1937" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=14252" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=9779" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=9780" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=11891" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=14797" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_71_118&amp;product_id=11032" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9446" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11003" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=8554" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9165" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=9813" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=16953" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11687" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=10684" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11682" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=8553" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11783" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=10685" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=12197" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_73&amp;product_id=11010" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8082" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8567" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12488" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12485" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=15084" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12482" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12484" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8125" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12469" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12473" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12466" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=15086" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=8088" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_79&amp;product_id=12471" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20283" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20285" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20284" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20290" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20289" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20288" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20282" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20287" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_97_127&amp;product_id=20286" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=16046" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15974" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=14128" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=17122" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15977" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18831" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=18661" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15673" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=15676" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=16318" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_113&amp;product_id=12360" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13845" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=6136" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13847" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13848" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17127" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17128" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=7596" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13843" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13850" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17129" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=9393" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13851" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=18827" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=17125" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13849" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_112&amp;product_id=13846" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11897" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11896" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_65_128&amp;product_id=11895" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_74&amp;product_id=20024" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_70&amp;product_id=20495" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_70&amp;product_id=20493" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13547" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13971" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11381" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18944" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19911" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16725" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18946" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=10141" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11483" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19487" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13613" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13740" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19993" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13549" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19910" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18945" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13562" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13555" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13612" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19909" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18127" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13561" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13554" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13559" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16358" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=14580" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=20629" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19905" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13614" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13566" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19908" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18285" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19507" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13563" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13551" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13552" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18132" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=18103" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11378" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=17473" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13565" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16872" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19907" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=11385" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13560" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13610" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13550" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13564" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13611" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19904" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=13556" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16220" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19906" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=16730" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19506" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_68&amp;product_id=19912" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19880" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19895" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19951" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=20223" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19888" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19950" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19893" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19890" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19878" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19887" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19877" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_80&amp;product_id=19885" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19338" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19334" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19331" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=18146" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=17984" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=16423" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19332" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19337" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19336" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19335" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=19333" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_210_109&amp;product_id=18147" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17994" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20301" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20294" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=18853" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16443" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20296" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20299" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17844" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20342" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17845" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=13944" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=20295" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=17848" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texnano.com.ua/index.php?route=product/product&amp;path=110_291_87&amp;product_id=16652" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D381"/>
+  <dimension ref="A1:D346"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D355" sqref="D355"/>
+      <selection activeCell="D332" sqref="D332"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
@@ -12974,123 +11807,123 @@
       </c>
       <c r="C9" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="11"/>
       <c r="B10" s="14"/>
       <c r="C10" s="17"/>
       <c r="D10" s="20"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="23" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="24"/>
       <c r="C11" s="25"/>
       <c r="D11" s="26"/>
     </row>
     <row r="12" spans="1:4" customHeight="1" ht="78.75">
       <c r="A12" s="12"/>
       <c r="B12" s="15">
-        <v>19290</v>
+        <v>19284</v>
       </c>
       <c r="C12" s="18" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4" customHeight="1" ht="78.75">
       <c r="A13" s="12"/>
       <c r="B13" s="15">
-        <v>19289</v>
+        <v>19290</v>
       </c>
       <c r="C13" s="18" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4" customHeight="1" ht="78.75">
       <c r="A14" s="12"/>
       <c r="B14" s="15">
-        <v>19288</v>
+        <v>19289</v>
       </c>
       <c r="C14" s="18" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4" customHeight="1" ht="78.75">
       <c r="A15" s="12"/>
       <c r="B15" s="15">
-        <v>19287</v>
+        <v>19288</v>
       </c>
       <c r="C15" s="18" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4" customHeight="1" ht="78.75">
       <c r="A16" s="12"/>
       <c r="B16" s="15">
-        <v>19286</v>
+        <v>19287</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="21" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:4" customHeight="1" ht="78.75">
       <c r="A17" s="12"/>
       <c r="B17" s="15">
-        <v>19285</v>
+        <v>19286</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D17" s="21" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4" customHeight="1" ht="78.75">
       <c r="A18" s="12"/>
       <c r="B18" s="15">
-        <v>19284</v>
+        <v>19285</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="21" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="28"/>
       <c r="C19" s="29"/>
       <c r="D19" s="30"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="31" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="32"/>
       <c r="C20" s="33"/>
       <c r="D20" s="34"/>
     </row>
     <row r="21" spans="1:4" customHeight="1" ht="78.75">
@@ -13107,4312 +11940,3892 @@
     </row>
     <row r="22" spans="1:4" customHeight="1" ht="78.75">
       <c r="A22" s="12"/>
       <c r="B22" s="15">
         <v>18284</v>
       </c>
       <c r="C22" s="18" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:4" customHeight="1" ht="78.75">
       <c r="A23" s="12"/>
       <c r="B23" s="15">
         <v>19156</v>
       </c>
       <c r="C23" s="18" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="21" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="24" spans="1:4" customHeight="1" ht="78.75">
-[...4 lines deleted...]
-      <c r="C24" s="18" t="s">
+    <row r="24" spans="1:4">
+      <c r="A24" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="D24" s="21" t="s">
+      <c r="B24" s="36"/>
+      <c r="C24" s="37"/>
+      <c r="D24" s="38"/>
+    </row>
+    <row r="25" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A25" s="12"/>
+      <c r="B25" s="15">
+        <v>7817</v>
+      </c>
+      <c r="C25" s="18" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="35" t="s">
+      <c r="D25" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="B25" s="36"/>
-[...1 lines deleted...]
-      <c r="D25" s="38"/>
     </row>
     <row r="26" spans="1:4" customHeight="1" ht="78.75">
       <c r="A26" s="12"/>
       <c r="B26" s="15">
-        <v>12693</v>
+        <v>10780</v>
       </c>
       <c r="C26" s="18" t="s">
         <v>35</v>
       </c>
       <c r="D26" s="21" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:4" customHeight="1" ht="78.75">
       <c r="A27" s="12"/>
       <c r="B27" s="15">
-        <v>12694</v>
+        <v>18638</v>
       </c>
       <c r="C27" s="18" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:4" customHeight="1" ht="78.75">
       <c r="A28" s="12"/>
       <c r="B28" s="15">
-        <v>10768</v>
+        <v>3220</v>
       </c>
       <c r="C28" s="18" t="s">
         <v>39</v>
       </c>
       <c r="D28" s="21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:4" customHeight="1" ht="78.75">
       <c r="A29" s="12"/>
       <c r="B29" s="15">
-        <v>17965</v>
+        <v>10764</v>
       </c>
       <c r="C29" s="18" t="s">
         <v>41</v>
       </c>
       <c r="D29" s="21" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:4" customHeight="1" ht="78.75">
       <c r="A30" s="12"/>
       <c r="B30" s="15">
-        <v>10787</v>
+        <v>9203</v>
       </c>
       <c r="C30" s="18" t="s">
         <v>43</v>
       </c>
       <c r="D30" s="21" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:4" customHeight="1" ht="78.75">
       <c r="A31" s="12"/>
       <c r="B31" s="15">
-        <v>10754</v>
+        <v>10781</v>
       </c>
       <c r="C31" s="18" t="s">
         <v>45</v>
       </c>
       <c r="D31" s="21" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:4" customHeight="1" ht="78.75">
       <c r="A32" s="12"/>
       <c r="B32" s="15">
-        <v>3737</v>
+        <v>12693</v>
       </c>
       <c r="C32" s="18" t="s">
         <v>47</v>
       </c>
       <c r="D32" s="21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:4" customHeight="1" ht="78.75">
       <c r="A33" s="12"/>
       <c r="B33" s="15">
-        <v>10769</v>
+        <v>12694</v>
       </c>
       <c r="C33" s="18" t="s">
         <v>49</v>
       </c>
       <c r="D33" s="21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:4" customHeight="1" ht="78.75">
       <c r="A34" s="12"/>
       <c r="B34" s="15">
-        <v>6937</v>
+        <v>10767</v>
       </c>
       <c r="C34" s="18" t="s">
         <v>51</v>
       </c>
       <c r="D34" s="21" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:4" customHeight="1" ht="78.75">
       <c r="A35" s="12"/>
       <c r="B35" s="15">
-        <v>18584</v>
+        <v>17965</v>
       </c>
       <c r="C35" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:4" customHeight="1" ht="78.75">
       <c r="A36" s="12"/>
       <c r="B36" s="15">
-        <v>10756</v>
+        <v>10783</v>
       </c>
       <c r="C36" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D36" s="21" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:4" customHeight="1" ht="78.75">
       <c r="A37" s="12"/>
       <c r="B37" s="15">
-        <v>14068</v>
+        <v>20403</v>
       </c>
       <c r="C37" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D37" s="21" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="38" spans="1:4" customHeight="1" ht="78.75">
       <c r="A38" s="12"/>
       <c r="B38" s="15">
-        <v>10770</v>
+        <v>3737</v>
       </c>
       <c r="C38" s="18" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D38" s="21" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:4" customHeight="1" ht="78.75">
       <c r="A39" s="12"/>
       <c r="B39" s="15">
-        <v>17964</v>
+        <v>10768</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D39" s="21" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:4" customHeight="1" ht="78.75">
       <c r="A40" s="12"/>
       <c r="B40" s="15">
-        <v>10757</v>
+        <v>6937</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D40" s="21" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="41" spans="1:4" customHeight="1" ht="78.75">
       <c r="A41" s="12"/>
       <c r="B41" s="15">
-        <v>10888</v>
+        <v>10787</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D41" s="21" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:4" customHeight="1" ht="78.75">
       <c r="A42" s="12"/>
       <c r="B42" s="15">
-        <v>10771</v>
+        <v>10754</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D42" s="21" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:4" customHeight="1" ht="78.75">
       <c r="A43" s="12"/>
       <c r="B43" s="15">
-        <v>6928</v>
+        <v>14068</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D43" s="21" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
     </row>
     <row r="44" spans="1:4" customHeight="1" ht="78.75">
       <c r="A44" s="12"/>
       <c r="B44" s="15">
-        <v>12215</v>
+        <v>10769</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D44" s="21" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:4" customHeight="1" ht="78.75">
       <c r="A45" s="12"/>
       <c r="B45" s="15">
-        <v>10759</v>
+        <v>17964</v>
       </c>
       <c r="C45" s="18" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D45" s="21" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="46" spans="1:4" customHeight="1" ht="78.75">
       <c r="A46" s="12"/>
       <c r="B46" s="15">
-        <v>14067</v>
+        <v>18584</v>
       </c>
       <c r="C46" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" s="21" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="47" spans="1:4" customHeight="1" ht="78.75">
       <c r="A47" s="12"/>
       <c r="B47" s="15">
-        <v>10776</v>
+        <v>10756</v>
       </c>
       <c r="C47" s="18" t="s">
         <v>72</v>
       </c>
       <c r="D47" s="21" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="48" spans="1:4" customHeight="1" ht="78.75">
       <c r="A48" s="12"/>
       <c r="B48" s="15">
-        <v>6929</v>
+        <v>10888</v>
       </c>
       <c r="C48" s="18" t="s">
         <v>74</v>
       </c>
       <c r="D48" s="21" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:4" customHeight="1" ht="78.75">
       <c r="A49" s="12"/>
       <c r="B49" s="15">
-        <v>10512</v>
+        <v>10770</v>
       </c>
       <c r="C49" s="18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D49" s="21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:4" customHeight="1" ht="78.75">
       <c r="A50" s="12"/>
       <c r="B50" s="15">
-        <v>10760</v>
+        <v>6928</v>
       </c>
       <c r="C50" s="18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D50" s="21" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
     </row>
     <row r="51" spans="1:4" customHeight="1" ht="78.75">
       <c r="A51" s="12"/>
       <c r="B51" s="15">
-        <v>14066</v>
+        <v>12215</v>
       </c>
       <c r="C51" s="18" t="s">
         <v>79</v>
       </c>
       <c r="D51" s="21" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:4" customHeight="1" ht="78.75">
       <c r="A52" s="12"/>
       <c r="B52" s="15">
-        <v>10777</v>
+        <v>10757</v>
       </c>
       <c r="C52" s="18" t="s">
         <v>80</v>
       </c>
       <c r="D52" s="21" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
     </row>
     <row r="53" spans="1:4" customHeight="1" ht="78.75">
       <c r="A53" s="12"/>
       <c r="B53" s="15">
-        <v>6930</v>
+        <v>14067</v>
       </c>
       <c r="C53" s="18" t="s">
         <v>81</v>
       </c>
       <c r="D53" s="21" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
     </row>
     <row r="54" spans="1:4" customHeight="1" ht="78.75">
       <c r="A54" s="12"/>
       <c r="B54" s="15">
-        <v>18672</v>
+        <v>10771</v>
       </c>
       <c r="C54" s="18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D54" s="21" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:4" customHeight="1" ht="78.75">
       <c r="A55" s="12"/>
       <c r="B55" s="15">
-        <v>10761</v>
+        <v>6929</v>
       </c>
       <c r="C55" s="18" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D55" s="21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="56" spans="1:4" customHeight="1" ht="78.75">
       <c r="A56" s="12"/>
       <c r="B56" s="15">
-        <v>18585</v>
+        <v>10512</v>
       </c>
       <c r="C56" s="18" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D56" s="21" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:4" customHeight="1" ht="78.75">
       <c r="A57" s="12"/>
       <c r="B57" s="15">
-        <v>10778</v>
+        <v>10759</v>
       </c>
       <c r="C57" s="18" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D57" s="21" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
     </row>
     <row r="58" spans="1:4" customHeight="1" ht="78.75">
       <c r="A58" s="12"/>
       <c r="B58" s="15">
-        <v>18641</v>
+        <v>14066</v>
       </c>
       <c r="C58" s="18" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D58" s="21" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59" spans="1:4" customHeight="1" ht="78.75">
       <c r="A59" s="12"/>
       <c r="B59" s="15">
-        <v>18583</v>
+        <v>10776</v>
       </c>
       <c r="C59" s="18" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D59" s="21" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="60" spans="1:4" customHeight="1" ht="78.75">
       <c r="A60" s="12"/>
       <c r="B60" s="15">
-        <v>10762</v>
+        <v>6930</v>
       </c>
       <c r="C60" s="18" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D60" s="21" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="61" spans="1:4" customHeight="1" ht="78.75">
       <c r="A61" s="12"/>
       <c r="B61" s="15">
-        <v>6261</v>
+        <v>18672</v>
       </c>
       <c r="C61" s="18" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D61" s="21" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:4" customHeight="1" ht="78.75">
       <c r="A62" s="12"/>
       <c r="B62" s="15">
-        <v>10779</v>
+        <v>10760</v>
       </c>
       <c r="C62" s="18" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D62" s="21" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
     </row>
     <row r="63" spans="1:4" customHeight="1" ht="78.75">
       <c r="A63" s="12"/>
       <c r="B63" s="15">
-        <v>18640</v>
+        <v>18585</v>
       </c>
       <c r="C63" s="18" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D63" s="21" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="64" spans="1:4" customHeight="1" ht="78.75">
       <c r="A64" s="12"/>
       <c r="B64" s="15">
-        <v>16345</v>
+        <v>10777</v>
       </c>
       <c r="C64" s="18" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D64" s="21" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
     </row>
     <row r="65" spans="1:4" customHeight="1" ht="78.75">
       <c r="A65" s="12"/>
       <c r="B65" s="15">
-        <v>10763</v>
+        <v>18641</v>
       </c>
       <c r="C65" s="18" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D65" s="21" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:4" customHeight="1" ht="78.75">
       <c r="A66" s="12"/>
       <c r="B66" s="15">
-        <v>7818</v>
+        <v>18583</v>
       </c>
       <c r="C66" s="18" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D66" s="21" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="67" spans="1:4" customHeight="1" ht="78.75">
       <c r="A67" s="12"/>
       <c r="B67" s="15">
-        <v>10780</v>
+        <v>10761</v>
       </c>
       <c r="C67" s="18" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D67" s="21" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="68" spans="1:4" customHeight="1" ht="78.75">
       <c r="A68" s="12"/>
       <c r="B68" s="15">
-        <v>18639</v>
+        <v>6261</v>
       </c>
       <c r="C68" s="18" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D68" s="21" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:4" customHeight="1" ht="78.75">
       <c r="A69" s="12"/>
       <c r="B69" s="15">
-        <v>3219</v>
+        <v>10778</v>
       </c>
       <c r="C69" s="18" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D69" s="21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:4" customHeight="1" ht="78.75">
       <c r="A70" s="12"/>
       <c r="B70" s="15">
-        <v>10764</v>
+        <v>18640</v>
       </c>
       <c r="C70" s="18" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D70" s="21" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
     </row>
     <row r="71" spans="1:4" customHeight="1" ht="78.75">
       <c r="A71" s="12"/>
       <c r="B71" s="15">
-        <v>7817</v>
+        <v>16345</v>
       </c>
       <c r="C71" s="18" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D71" s="21" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="72" spans="1:4" customHeight="1" ht="78.75">
       <c r="A72" s="12"/>
       <c r="B72" s="15">
-        <v>10781</v>
+        <v>10762</v>
       </c>
       <c r="C72" s="18" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D72" s="21" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="73" spans="1:4" customHeight="1" ht="78.75">
       <c r="A73" s="12"/>
       <c r="B73" s="15">
-        <v>18638</v>
+        <v>7818</v>
       </c>
       <c r="C73" s="18" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D73" s="21" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
     </row>
     <row r="74" spans="1:4" customHeight="1" ht="78.75">
       <c r="A74" s="12"/>
       <c r="B74" s="15">
-        <v>3220</v>
+        <v>10779</v>
       </c>
       <c r="C74" s="18" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D74" s="21" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="75" spans="1:4" customHeight="1" ht="78.75">
       <c r="A75" s="12"/>
       <c r="B75" s="15">
-        <v>10767</v>
+        <v>18639</v>
       </c>
       <c r="C75" s="18" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D75" s="21" t="s">
-        <v>40</v>
+        <v>115</v>
       </c>
     </row>
     <row r="76" spans="1:4" customHeight="1" ht="78.75">
       <c r="A76" s="12"/>
       <c r="B76" s="15">
-        <v>9203</v>
+        <v>3219</v>
       </c>
       <c r="C76" s="18" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D76" s="21" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
     </row>
     <row r="77" spans="1:4" customHeight="1" ht="78.75">
       <c r="A77" s="12"/>
       <c r="B77" s="15">
-        <v>10783</v>
+        <v>10763</v>
       </c>
       <c r="C77" s="18" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D77" s="21" t="s">
-        <v>46</v>
+        <v>118</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="39" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B78" s="40"/>
       <c r="C78" s="41"/>
       <c r="D78" s="42"/>
     </row>
     <row r="79" spans="1:4" customHeight="1" ht="78.75">
       <c r="A79" s="12"/>
       <c r="B79" s="15">
         <v>15784</v>
       </c>
       <c r="C79" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D79" s="21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="80" spans="1:4" customHeight="1" ht="78.75">
       <c r="A80" s="12"/>
       <c r="B80" s="15">
         <v>14078</v>
       </c>
       <c r="C80" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="D80" s="21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="81" spans="1:4" customHeight="1" ht="78.75">
       <c r="A81" s="12"/>
       <c r="B81" s="15">
         <v>16553</v>
       </c>
       <c r="C81" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D81" s="21" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B82" s="44"/>
       <c r="C82" s="45"/>
       <c r="D82" s="46"/>
     </row>
     <row r="83" spans="1:4" customHeight="1" ht="78.75">
       <c r="A83" s="12"/>
       <c r="B83" s="15">
-        <v>18047</v>
+        <v>16670</v>
       </c>
       <c r="C83" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D83" s="21" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="84" spans="1:4" customHeight="1" ht="78.75">
       <c r="A84" s="12"/>
       <c r="B84" s="15">
-        <v>16347</v>
+        <v>17046</v>
       </c>
       <c r="C84" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D84" s="21" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="85" spans="1:4" customHeight="1" ht="78.75">
       <c r="A85" s="12"/>
       <c r="B85" s="15">
-        <v>16230</v>
+        <v>15268</v>
       </c>
       <c r="C85" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D85" s="21" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="86" spans="1:4" customHeight="1" ht="78.75">
       <c r="A86" s="12"/>
       <c r="B86" s="15">
-        <v>13609</v>
+        <v>18775</v>
       </c>
       <c r="C86" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D86" s="21" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="87" spans="1:4" customHeight="1" ht="78.75">
       <c r="A87" s="12"/>
       <c r="B87" s="15">
-        <v>16142</v>
+        <v>9517</v>
       </c>
       <c r="C87" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D87" s="21" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="88" spans="1:4" customHeight="1" ht="78.75">
       <c r="A88" s="12"/>
       <c r="B88" s="15">
-        <v>13606</v>
+        <v>8584</v>
       </c>
       <c r="C88" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D88" s="21" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:4" customHeight="1" ht="78.75">
       <c r="A89" s="12"/>
       <c r="B89" s="15">
-        <v>16229</v>
+        <v>17500</v>
       </c>
       <c r="C89" s="18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D89" s="21" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="90" spans="1:4" customHeight="1" ht="78.75">
       <c r="A90" s="12"/>
       <c r="B90" s="15">
-        <v>12556</v>
+        <v>15266</v>
       </c>
       <c r="C90" s="18" t="s">
         <v>141</v>
       </c>
       <c r="D90" s="21" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="91" spans="1:4" customHeight="1" ht="78.75">
       <c r="A91" s="12"/>
       <c r="B91" s="15">
-        <v>15036</v>
+        <v>18124</v>
       </c>
       <c r="C91" s="18" t="s">
         <v>143</v>
       </c>
       <c r="D91" s="21" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:4" customHeight="1" ht="78.75">
       <c r="A92" s="12"/>
       <c r="B92" s="15">
-        <v>13604</v>
+        <v>13608</v>
       </c>
       <c r="C92" s="18" t="s">
         <v>144</v>
       </c>
       <c r="D92" s="21" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="93" spans="1:4" customHeight="1" ht="78.75">
       <c r="A93" s="12"/>
       <c r="B93" s="15">
-        <v>19195</v>
+        <v>20272</v>
       </c>
       <c r="C93" s="18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D93" s="21" t="s">
-        <v>146</v>
+        <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:4" customHeight="1" ht="78.75">
       <c r="A94" s="12"/>
       <c r="B94" s="15">
-        <v>18046</v>
+        <v>9509</v>
       </c>
       <c r="C94" s="18" t="s">
         <v>147</v>
       </c>
       <c r="D94" s="21" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
     </row>
     <row r="95" spans="1:4" customHeight="1" ht="78.75">
       <c r="A95" s="12"/>
       <c r="B95" s="15">
-        <v>17047</v>
+        <v>16347</v>
       </c>
       <c r="C95" s="18" t="s">
         <v>148</v>
       </c>
       <c r="D95" s="21" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="96" spans="1:4" customHeight="1" ht="78.75">
       <c r="A96" s="12"/>
       <c r="B96" s="15">
-        <v>15160</v>
+        <v>13607</v>
       </c>
       <c r="C96" s="18" t="s">
         <v>150</v>
       </c>
       <c r="D96" s="21" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="97" spans="1:4" customHeight="1" ht="78.75">
       <c r="A97" s="12"/>
       <c r="B97" s="15">
-        <v>17603</v>
+        <v>20251</v>
       </c>
       <c r="C97" s="18" t="s">
         <v>152</v>
       </c>
       <c r="D97" s="21" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
     </row>
     <row r="98" spans="1:4" customHeight="1" ht="78.75">
       <c r="A98" s="12"/>
       <c r="B98" s="15">
-        <v>18123</v>
+        <v>18047</v>
       </c>
       <c r="C98" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="D98" s="21" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="99" spans="1:4" customHeight="1" ht="78.75">
       <c r="A99" s="12"/>
       <c r="B99" s="15">
-        <v>16188</v>
+        <v>13606</v>
       </c>
       <c r="C99" s="18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D99" s="21" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:4" customHeight="1" ht="78.75">
       <c r="A100" s="12"/>
       <c r="B100" s="15">
-        <v>19194</v>
+        <v>20491</v>
       </c>
       <c r="C100" s="18" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D100" s="21" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="101" spans="1:4" customHeight="1" ht="78.75">
       <c r="A101" s="12"/>
       <c r="B101" s="15">
-        <v>17045</v>
+        <v>8674</v>
       </c>
       <c r="C101" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="D101" s="21" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="102" spans="1:4" customHeight="1" ht="78.75">
       <c r="A102" s="12"/>
       <c r="B102" s="15">
-        <v>11050</v>
+        <v>16142</v>
       </c>
       <c r="C102" s="18" t="s">
         <v>160</v>
       </c>
       <c r="D102" s="21" t="s">
-        <v>33</v>
+        <v>161</v>
       </c>
     </row>
     <row r="103" spans="1:4" customHeight="1" ht="78.75">
       <c r="A103" s="12"/>
       <c r="B103" s="15">
-        <v>12133</v>
+        <v>13604</v>
       </c>
       <c r="C103" s="18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D103" s="21" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:4" customHeight="1" ht="78.75">
       <c r="A104" s="12"/>
       <c r="B104" s="15">
-        <v>13603</v>
+        <v>19195</v>
       </c>
       <c r="C104" s="18" t="s">
         <v>163</v>
       </c>
       <c r="D104" s="21" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="105" spans="1:4" customHeight="1" ht="78.75">
       <c r="A105" s="12"/>
       <c r="B105" s="15">
-        <v>18122</v>
+        <v>13609</v>
       </c>
       <c r="C105" s="18" t="s">
         <v>165</v>
       </c>
       <c r="D105" s="21" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
     </row>
     <row r="106" spans="1:4" customHeight="1" ht="78.75">
       <c r="A106" s="12"/>
       <c r="B106" s="15">
-        <v>17501</v>
+        <v>16188</v>
       </c>
       <c r="C106" s="18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D106" s="21" t="s">
-        <v>162</v>
+        <v>134</v>
       </c>
     </row>
     <row r="107" spans="1:4" customHeight="1" ht="78.75">
       <c r="A107" s="12"/>
       <c r="B107" s="15">
-        <v>11307</v>
+        <v>15036</v>
       </c>
       <c r="C107" s="18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D107" s="21" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
     </row>
     <row r="108" spans="1:4" customHeight="1" ht="78.75">
       <c r="A108" s="12"/>
       <c r="B108" s="15">
-        <v>15038</v>
+        <v>15160</v>
       </c>
       <c r="C108" s="18" t="s">
         <v>169</v>
       </c>
       <c r="D108" s="21" t="s">
-        <v>139</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:4" customHeight="1" ht="78.75">
       <c r="A109" s="12"/>
       <c r="B109" s="15">
-        <v>19193</v>
+        <v>11050</v>
       </c>
       <c r="C109" s="18" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D109" s="21" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
     </row>
     <row r="110" spans="1:4" customHeight="1" ht="78.75">
       <c r="A110" s="12"/>
       <c r="B110" s="15">
-        <v>16056</v>
+        <v>18046</v>
       </c>
       <c r="C110" s="18" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D110" s="21" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="111" spans="1:4" customHeight="1" ht="78.75">
       <c r="A111" s="12"/>
       <c r="B111" s="15">
-        <v>17807</v>
+        <v>13603</v>
       </c>
       <c r="C111" s="18" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D111" s="21" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="112" spans="1:4" customHeight="1" ht="78.75">
       <c r="A112" s="12"/>
       <c r="B112" s="15">
-        <v>11308</v>
+        <v>17047</v>
       </c>
       <c r="C112" s="18" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D112" s="21" t="s">
-        <v>176</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:4" customHeight="1" ht="78.75">
       <c r="A113" s="12"/>
       <c r="B113" s="15">
-        <v>15035</v>
+        <v>17045</v>
       </c>
       <c r="C113" s="18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D113" s="21" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:4" customHeight="1" ht="78.75">
       <c r="A114" s="12"/>
       <c r="B114" s="15">
-        <v>10543</v>
+        <v>11307</v>
       </c>
       <c r="C114" s="18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D114" s="21" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:4" customHeight="1" ht="78.75">
       <c r="A115" s="12"/>
       <c r="B115" s="15">
-        <v>9514</v>
+        <v>18123</v>
       </c>
       <c r="C115" s="18" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D115" s="21" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="116" spans="1:4" customHeight="1" ht="78.75">
       <c r="A116" s="12"/>
       <c r="B116" s="15">
-        <v>15037</v>
+        <v>16229</v>
       </c>
       <c r="C116" s="18" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D116" s="21" t="s">
-        <v>139</v>
+        <v>176</v>
       </c>
     </row>
     <row r="117" spans="1:4" customHeight="1" ht="78.75">
       <c r="A117" s="12"/>
       <c r="B117" s="15">
-        <v>11309</v>
+        <v>19194</v>
       </c>
       <c r="C117" s="18" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D117" s="21" t="s">
-        <v>184</v>
+        <v>134</v>
       </c>
     </row>
     <row r="118" spans="1:4" customHeight="1" ht="78.75">
       <c r="A118" s="12"/>
       <c r="B118" s="15">
-        <v>15268</v>
+        <v>17501</v>
       </c>
       <c r="C118" s="18" t="s">
         <v>185</v>
       </c>
       <c r="D118" s="21" t="s">
-        <v>186</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:4" customHeight="1" ht="78.75">
       <c r="A119" s="12"/>
       <c r="B119" s="15">
-        <v>13605</v>
+        <v>11308</v>
       </c>
       <c r="C119" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="D119" s="21" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="120" spans="1:4" customHeight="1" ht="78.75">
       <c r="A120" s="12"/>
       <c r="B120" s="15">
-        <v>9517</v>
+        <v>12133</v>
       </c>
       <c r="C120" s="18" t="s">
         <v>188</v>
       </c>
       <c r="D120" s="21" t="s">
-        <v>181</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:4" customHeight="1" ht="78.75">
       <c r="A121" s="12"/>
       <c r="B121" s="15">
-        <v>16670</v>
+        <v>19193</v>
       </c>
       <c r="C121" s="18" t="s">
         <v>189</v>
       </c>
       <c r="D121" s="21" t="s">
-        <v>190</v>
+        <v>134</v>
       </c>
     </row>
     <row r="122" spans="1:4" customHeight="1" ht="78.75">
       <c r="A122" s="12"/>
       <c r="B122" s="15">
-        <v>17044</v>
+        <v>18122</v>
       </c>
       <c r="C122" s="18" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D122" s="21" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row r="123" spans="1:4" customHeight="1" ht="78.75">
       <c r="A123" s="12"/>
       <c r="B123" s="15">
-        <v>15266</v>
+        <v>16230</v>
       </c>
       <c r="C123" s="18" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D123" s="21" t="s">
-        <v>194</v>
+        <v>176</v>
       </c>
     </row>
     <row r="124" spans="1:4" customHeight="1" ht="78.75">
       <c r="A124" s="12"/>
       <c r="B124" s="15">
-        <v>18775</v>
+        <v>11309</v>
       </c>
       <c r="C124" s="18" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D124" s="21" t="s">
-        <v>157</v>
+        <v>193</v>
       </c>
     </row>
     <row r="125" spans="1:4" customHeight="1" ht="78.75">
       <c r="A125" s="12"/>
       <c r="B125" s="15">
-        <v>13608</v>
+        <v>15038</v>
       </c>
       <c r="C125" s="18" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D125" s="21" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="126" spans="1:4" customHeight="1" ht="78.75">
       <c r="A126" s="12"/>
       <c r="B126" s="15">
-        <v>8584</v>
+        <v>10543</v>
       </c>
       <c r="C126" s="18" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D126" s="21" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="127" spans="1:4" customHeight="1" ht="78.75">
       <c r="A127" s="12"/>
       <c r="B127" s="15">
-        <v>17046</v>
+        <v>16056</v>
       </c>
       <c r="C127" s="18" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D127" s="21" t="s">
-        <v>149</v>
+        <v>198</v>
       </c>
     </row>
     <row r="128" spans="1:4" customHeight="1" ht="78.75">
       <c r="A128" s="12"/>
       <c r="B128" s="15">
-        <v>9509</v>
+        <v>15037</v>
       </c>
       <c r="C128" s="18" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D128" s="21" t="s">
-        <v>181</v>
+        <v>145</v>
       </c>
     </row>
     <row r="129" spans="1:4" customHeight="1" ht="78.75">
       <c r="A129" s="12"/>
       <c r="B129" s="15">
-        <v>18124</v>
+        <v>17044</v>
       </c>
       <c r="C129" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D129" s="21" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="130" spans="1:4" customHeight="1" ht="78.75">
       <c r="A130" s="12"/>
       <c r="B130" s="15">
-        <v>13607</v>
+        <v>15035</v>
       </c>
       <c r="C130" s="18" t="s">
         <v>202</v>
       </c>
       <c r="D130" s="21" t="s">
-        <v>203</v>
+        <v>145</v>
       </c>
     </row>
     <row r="131" spans="1:4" customHeight="1" ht="78.75">
       <c r="A131" s="12"/>
       <c r="B131" s="15">
-        <v>8674</v>
+        <v>13605</v>
       </c>
       <c r="C131" s="18" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D131" s="21" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
     </row>
     <row r="132" spans="1:4" customHeight="1" ht="78.75">
       <c r="A132" s="12"/>
       <c r="B132" s="15">
-        <v>17500</v>
+        <v>9514</v>
       </c>
       <c r="C132" s="18" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D132" s="21" t="s">
-        <v>162</v>
+        <v>136</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="47" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B133" s="48"/>
       <c r="C133" s="49"/>
       <c r="D133" s="50"/>
     </row>
     <row r="134" spans="1:4" customHeight="1" ht="78.75">
       <c r="A134" s="12"/>
       <c r="B134" s="15">
-        <v>15978</v>
+        <v>14069</v>
       </c>
       <c r="C134" s="18" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D134" s="21" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
     </row>
     <row r="135" spans="1:4" customHeight="1" ht="78.75">
       <c r="A135" s="12"/>
       <c r="B135" s="15">
-        <v>14805</v>
+        <v>17106</v>
       </c>
       <c r="C135" s="18" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D135" s="21" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
     </row>
     <row r="136" spans="1:4" customHeight="1" ht="78.75">
       <c r="A136" s="12"/>
       <c r="B136" s="15">
-        <v>8408</v>
+        <v>7586</v>
       </c>
       <c r="C136" s="18" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D136" s="21" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
     </row>
     <row r="137" spans="1:4" customHeight="1" ht="78.75">
       <c r="A137" s="12"/>
       <c r="B137" s="15">
-        <v>19302</v>
+        <v>15978</v>
       </c>
       <c r="C137" s="18" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D137" s="21" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
     </row>
     <row r="138" spans="1:4" customHeight="1" ht="78.75">
       <c r="A138" s="12"/>
       <c r="B138" s="15">
-        <v>3079</v>
+        <v>14805</v>
       </c>
       <c r="C138" s="18" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D138" s="21" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="139" spans="1:4" customHeight="1" ht="78.75">
       <c r="A139" s="12"/>
       <c r="B139" s="15">
-        <v>5699</v>
+        <v>8408</v>
       </c>
       <c r="C139" s="18" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D139" s="21" t="s">
-        <v>216</v>
+        <v>38</v>
       </c>
     </row>
     <row r="140" spans="1:4" customHeight="1" ht="78.75">
       <c r="A140" s="12"/>
       <c r="B140" s="15">
-        <v>3082</v>
+        <v>19302</v>
       </c>
       <c r="C140" s="18" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D140" s="21" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:4" customHeight="1" ht="78.75">
       <c r="A141" s="12"/>
       <c r="B141" s="15">
-        <v>15973</v>
+        <v>3079</v>
       </c>
       <c r="C141" s="18" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D141" s="21" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="142" spans="1:4" customHeight="1" ht="78.75">
       <c r="A142" s="12"/>
       <c r="B142" s="15">
-        <v>428</v>
+        <v>5699</v>
       </c>
       <c r="C142" s="18" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="D142" s="21" t="s">
-        <v>50</v>
+        <v>217</v>
       </c>
     </row>
     <row r="143" spans="1:4" customHeight="1" ht="78.75">
       <c r="A143" s="12"/>
       <c r="B143" s="15">
-        <v>3084</v>
+        <v>3082</v>
       </c>
       <c r="C143" s="18" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D143" s="21" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="144" spans="1:4" customHeight="1" ht="78.75">
       <c r="A144" s="12"/>
       <c r="B144" s="15">
-        <v>6873</v>
+        <v>15973</v>
       </c>
       <c r="C144" s="18" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D144" s="21" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="145" spans="1:4" customHeight="1" ht="78.75">
       <c r="A145" s="12"/>
       <c r="B145" s="15">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C145" s="18" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D145" s="21" t="s">
-        <v>227</v>
+        <v>42</v>
       </c>
     </row>
     <row r="146" spans="1:4" customHeight="1" ht="78.75">
       <c r="A146" s="12"/>
       <c r="B146" s="15">
-        <v>3085</v>
+        <v>3084</v>
       </c>
       <c r="C146" s="18" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D146" s="21" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="147" spans="1:4" customHeight="1" ht="78.75">
       <c r="A147" s="12"/>
       <c r="B147" s="15">
-        <v>15972</v>
+        <v>6873</v>
       </c>
       <c r="C147" s="18" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D147" s="21" t="s">
-        <v>92</v>
+        <v>226</v>
       </c>
     </row>
     <row r="148" spans="1:4" customHeight="1" ht="78.75">
       <c r="A148" s="12"/>
       <c r="B148" s="15">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="C148" s="18" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D148" s="21" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
     </row>
     <row r="149" spans="1:4" customHeight="1" ht="78.75">
       <c r="A149" s="12"/>
       <c r="B149" s="15">
-        <v>3086</v>
+        <v>3085</v>
       </c>
       <c r="C149" s="18" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D149" s="21" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
     </row>
     <row r="150" spans="1:4" customHeight="1" ht="78.75">
       <c r="A150" s="12"/>
       <c r="B150" s="15">
-        <v>15980</v>
+        <v>15972</v>
       </c>
       <c r="C150" s="18" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D150" s="21" t="s">
-        <v>50</v>
+        <v>102</v>
       </c>
     </row>
     <row r="151" spans="1:4" customHeight="1" ht="78.75">
       <c r="A151" s="12"/>
       <c r="B151" s="15">
-        <v>5678</v>
+        <v>442</v>
       </c>
       <c r="C151" s="18" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D151" s="21" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
     </row>
     <row r="152" spans="1:4" customHeight="1" ht="78.75">
       <c r="A152" s="12"/>
       <c r="B152" s="15">
-        <v>3087</v>
+        <v>3086</v>
       </c>
       <c r="C152" s="18" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D152" s="21" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
     </row>
     <row r="153" spans="1:4" customHeight="1" ht="78.75">
       <c r="A153" s="12"/>
       <c r="B153" s="15">
-        <v>19449</v>
+        <v>15980</v>
       </c>
       <c r="C153" s="18" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D153" s="21" t="s">
-        <v>240</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:4" customHeight="1" ht="78.75">
       <c r="A154" s="12"/>
       <c r="B154" s="15">
-        <v>19448</v>
+        <v>5678</v>
       </c>
       <c r="C154" s="18" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D154" s="21" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
     </row>
     <row r="155" spans="1:4" customHeight="1" ht="78.75">
       <c r="A155" s="12"/>
       <c r="B155" s="15">
-        <v>14070</v>
+        <v>3087</v>
       </c>
       <c r="C155" s="18" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D155" s="21" t="s">
-        <v>54</v>
+        <v>239</v>
       </c>
     </row>
     <row r="156" spans="1:4" customHeight="1" ht="78.75">
       <c r="A156" s="12"/>
       <c r="B156" s="15">
-        <v>15979</v>
+        <v>19449</v>
       </c>
       <c r="C156" s="18" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D156" s="21" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="157" spans="1:4" customHeight="1" ht="78.75">
       <c r="A157" s="12"/>
       <c r="B157" s="15">
-        <v>1937</v>
+        <v>19448</v>
       </c>
       <c r="C157" s="18" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D157" s="21" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="158" spans="1:4" customHeight="1" ht="78.75">
       <c r="A158" s="12"/>
       <c r="B158" s="15">
-        <v>14069</v>
+        <v>14070</v>
       </c>
       <c r="C158" s="18" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D158" s="21" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
     </row>
     <row r="159" spans="1:4" customHeight="1" ht="78.75">
       <c r="A159" s="12"/>
       <c r="B159" s="15">
-        <v>17106</v>
+        <v>15979</v>
       </c>
       <c r="C159" s="18" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D159" s="21" t="s">
-        <v>82</v>
+        <v>246</v>
       </c>
     </row>
     <row r="160" spans="1:4" customHeight="1" ht="78.75">
       <c r="A160" s="12"/>
       <c r="B160" s="15">
-        <v>7586</v>
+        <v>1937</v>
       </c>
       <c r="C160" s="18" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D160" s="21" t="s">
-        <v>92</v>
+        <v>248</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="51" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B161" s="52"/>
       <c r="C161" s="53"/>
       <c r="D161" s="54"/>
     </row>
     <row r="162" spans="1:4" customHeight="1" ht="78.75">
       <c r="A162" s="12"/>
       <c r="B162" s="15">
-        <v>11032</v>
+        <v>14252</v>
       </c>
       <c r="C162" s="18" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D162" s="21" t="s">
-        <v>135</v>
+        <v>251</v>
       </c>
     </row>
     <row r="163" spans="1:4" customHeight="1" ht="78.75">
       <c r="A163" s="12"/>
       <c r="B163" s="15">
-        <v>14252</v>
+        <v>9779</v>
       </c>
       <c r="C163" s="18" t="s">
+        <v>252</v>
+      </c>
+      <c r="D163" s="21" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="164" spans="1:4" customHeight="1" ht="78.75">
       <c r="A164" s="12"/>
       <c r="B164" s="15">
-        <v>7548</v>
+        <v>9780</v>
       </c>
       <c r="C164" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D164" s="21" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="165" spans="1:4" customHeight="1" ht="78.75">
       <c r="A165" s="12"/>
       <c r="B165" s="15">
-        <v>7547</v>
+        <v>11891</v>
       </c>
       <c r="C165" s="18" t="s">
         <v>256</v>
       </c>
       <c r="D165" s="21" t="s">
-        <v>73</v>
+        <v>228</v>
       </c>
     </row>
     <row r="166" spans="1:4" customHeight="1" ht="78.75">
       <c r="A166" s="12"/>
       <c r="B166" s="15">
-        <v>9779</v>
+        <v>14797</v>
       </c>
       <c r="C166" s="18" t="s">
         <v>257</v>
       </c>
       <c r="D166" s="21" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="167" spans="1:4" customHeight="1" ht="78.75">
       <c r="A167" s="12"/>
       <c r="B167" s="15">
-        <v>9780</v>
+        <v>11032</v>
       </c>
       <c r="C167" s="18" t="s">
         <v>259</v>
       </c>
       <c r="D167" s="21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" s="55" t="s">
         <v>260</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      </c>
+      <c r="B168" s="56"/>
+      <c r="C168" s="57"/>
+      <c r="D168" s="58"/>
     </row>
     <row r="169" spans="1:4" customHeight="1" ht="78.75">
       <c r="A169" s="12"/>
       <c r="B169" s="15">
-        <v>14797</v>
+        <v>9446</v>
       </c>
       <c r="C169" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D169" s="21" t="s">
         <v>262</v>
       </c>
-      <c r="D169" s="21" t="s">
+    </row>
+    <row r="170" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A170" s="12"/>
+      <c r="B170" s="15">
+        <v>11003</v>
+      </c>
+      <c r="C170" s="18" t="s">
         <v>263</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A170" s="55" t="s">
+      <c r="D170" s="21" t="s">
         <v>264</v>
       </c>
-      <c r="B170" s="56"/>
-[...1 lines deleted...]
-      <c r="D170" s="58"/>
     </row>
     <row r="171" spans="1:4" customHeight="1" ht="78.75">
       <c r="A171" s="12"/>
       <c r="B171" s="15">
-        <v>11003</v>
+        <v>8554</v>
       </c>
       <c r="C171" s="18" t="s">
         <v>265</v>
       </c>
       <c r="D171" s="21" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="172" spans="1:4" customHeight="1" ht="78.75">
       <c r="A172" s="12"/>
       <c r="B172" s="15">
-        <v>8554</v>
+        <v>9165</v>
       </c>
       <c r="C172" s="18" t="s">
         <v>267</v>
       </c>
       <c r="D172" s="21" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="173" spans="1:4" customHeight="1" ht="78.75">
       <c r="A173" s="12"/>
       <c r="B173" s="15">
-        <v>9165</v>
+        <v>9813</v>
       </c>
       <c r="C173" s="18" t="s">
         <v>269</v>
       </c>
       <c r="D173" s="21" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="174" spans="1:4" customHeight="1" ht="78.75">
       <c r="A174" s="12"/>
       <c r="B174" s="15">
-        <v>9813</v>
+        <v>16953</v>
       </c>
       <c r="C174" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="D174" s="21" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:4" customHeight="1" ht="78.75">
       <c r="A175" s="12"/>
       <c r="B175" s="15">
-        <v>16953</v>
+        <v>11687</v>
       </c>
       <c r="C175" s="18" t="s">
         <v>272</v>
       </c>
       <c r="D175" s="21" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="176" spans="1:4" customHeight="1" ht="78.75">
       <c r="A176" s="12"/>
       <c r="B176" s="15">
-        <v>11687</v>
+        <v>10684</v>
       </c>
       <c r="C176" s="18" t="s">
         <v>274</v>
       </c>
       <c r="D176" s="21" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="177" spans="1:4" customHeight="1" ht="78.75">
       <c r="A177" s="12"/>
       <c r="B177" s="15">
-        <v>10684</v>
+        <v>11682</v>
       </c>
       <c r="C177" s="18" t="s">
         <v>276</v>
       </c>
       <c r="D177" s="21" t="s">
-        <v>277</v>
+        <v>176</v>
       </c>
     </row>
     <row r="178" spans="1:4" customHeight="1" ht="78.75">
       <c r="A178" s="12"/>
       <c r="B178" s="15">
-        <v>11682</v>
+        <v>8553</v>
       </c>
       <c r="C178" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="D178" s="21" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="179" spans="1:4" customHeight="1" ht="78.75">
       <c r="A179" s="12"/>
       <c r="B179" s="15">
-        <v>8553</v>
+        <v>11783</v>
       </c>
       <c r="C179" s="18" t="s">
         <v>279</v>
       </c>
       <c r="D179" s="21" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:4" customHeight="1" ht="78.75">
       <c r="A180" s="12"/>
       <c r="B180" s="15">
-        <v>11783</v>
+        <v>10685</v>
       </c>
       <c r="C180" s="18" t="s">
         <v>281</v>
       </c>
       <c r="D180" s="21" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
     </row>
     <row r="181" spans="1:4" customHeight="1" ht="78.75">
       <c r="A181" s="12"/>
       <c r="B181" s="15">
-        <v>10685</v>
+        <v>12197</v>
       </c>
       <c r="C181" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="D181" s="21" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="182" spans="1:4" customHeight="1" ht="78.75">
       <c r="A182" s="12"/>
       <c r="B182" s="15">
-        <v>12197</v>
+        <v>11010</v>
       </c>
       <c r="C182" s="18" t="s">
         <v>284</v>
       </c>
       <c r="D182" s="21" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" s="59" t="s">
         <v>285</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      </c>
+      <c r="B183" s="60"/>
+      <c r="C183" s="61"/>
+      <c r="D183" s="62"/>
     </row>
     <row r="184" spans="1:4" customHeight="1" ht="78.75">
       <c r="A184" s="12"/>
       <c r="B184" s="15">
-        <v>9446</v>
+        <v>8082</v>
       </c>
       <c r="C184" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="D184" s="21" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A185" s="12"/>
+      <c r="B185" s="15">
+        <v>8567</v>
+      </c>
+      <c r="C185" s="18" t="s">
         <v>287</v>
       </c>
-      <c r="D184" s="21" t="s">
-[...9 lines deleted...]
-      <c r="D185" s="62"/>
+      <c r="D185" s="21" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="186" spans="1:4" customHeight="1" ht="78.75">
       <c r="A186" s="12"/>
       <c r="B186" s="15">
-        <v>8567</v>
+        <v>12488</v>
       </c>
       <c r="C186" s="18" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D186" s="21" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
     </row>
     <row r="187" spans="1:4" customHeight="1" ht="78.75">
       <c r="A187" s="12"/>
       <c r="B187" s="15">
-        <v>12488</v>
+        <v>12485</v>
       </c>
       <c r="C187" s="18" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D187" s="21" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="188" spans="1:4" customHeight="1" ht="78.75">
       <c r="A188" s="12"/>
       <c r="B188" s="15">
-        <v>12485</v>
+        <v>15084</v>
       </c>
       <c r="C188" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="D188" s="21" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="189" spans="1:4" customHeight="1" ht="78.75">
       <c r="A189" s="12"/>
       <c r="B189" s="15">
-        <v>15084</v>
+        <v>12482</v>
       </c>
       <c r="C189" s="18" t="s">
         <v>292</v>
       </c>
       <c r="D189" s="21" t="s">
-        <v>293</v>
+        <v>40</v>
       </c>
     </row>
     <row r="190" spans="1:4" customHeight="1" ht="78.75">
       <c r="A190" s="12"/>
       <c r="B190" s="15">
-        <v>12482</v>
+        <v>12484</v>
       </c>
       <c r="C190" s="18" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="D190" s="21" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
     </row>
     <row r="191" spans="1:4" customHeight="1" ht="78.75">
       <c r="A191" s="12"/>
       <c r="B191" s="15">
-        <v>12484</v>
+        <v>8125</v>
       </c>
       <c r="C191" s="18" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D191" s="21" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
     </row>
     <row r="192" spans="1:4" customHeight="1" ht="78.75">
       <c r="A192" s="12"/>
       <c r="B192" s="15">
-        <v>8125</v>
+        <v>12469</v>
       </c>
       <c r="C192" s="18" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D192" s="21" t="s">
-        <v>87</v>
+        <v>215</v>
       </c>
     </row>
     <row r="193" spans="1:4" customHeight="1" ht="78.75">
       <c r="A193" s="12"/>
       <c r="B193" s="15">
-        <v>12469</v>
+        <v>12473</v>
       </c>
       <c r="C193" s="18" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="D193" s="21" t="s">
-        <v>214</v>
+        <v>50</v>
       </c>
     </row>
     <row r="194" spans="1:4" customHeight="1" ht="78.75">
       <c r="A194" s="12"/>
       <c r="B194" s="15">
-        <v>12473</v>
+        <v>12466</v>
       </c>
       <c r="C194" s="18" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D194" s="21" t="s">
-        <v>38</v>
+        <v>291</v>
       </c>
     </row>
     <row r="195" spans="1:4" customHeight="1" ht="78.75">
       <c r="A195" s="12"/>
       <c r="B195" s="15">
-        <v>12466</v>
+        <v>15086</v>
       </c>
       <c r="C195" s="18" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="D195" s="21" t="s">
-        <v>293</v>
+        <v>44</v>
       </c>
     </row>
     <row r="196" spans="1:4" customHeight="1" ht="78.75">
       <c r="A196" s="12"/>
       <c r="B196" s="15">
-        <v>15086</v>
+        <v>8088</v>
       </c>
       <c r="C196" s="18" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D196" s="21" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="197" spans="1:4" customHeight="1" ht="78.75">
       <c r="A197" s="12"/>
       <c r="B197" s="15">
-        <v>8088</v>
+        <v>12471</v>
       </c>
       <c r="C197" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="D197" s="21" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" s="63" t="s">
         <v>301</v>
       </c>
-      <c r="D197" s="21" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B198" s="64"/>
+      <c r="C198" s="65"/>
+      <c r="D198" s="66"/>
     </row>
     <row r="199" spans="1:4" customHeight="1" ht="78.75">
       <c r="A199" s="12"/>
       <c r="B199" s="15">
-        <v>8082</v>
+        <v>20283</v>
       </c>
       <c r="C199" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="D199" s="21" t="s">
         <v>303</v>
       </c>
-      <c r="D199" s="21" t="s">
-[...4 lines deleted...]
-      <c r="A200" s="63" t="s">
+    </row>
+    <row r="200" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A200" s="12"/>
+      <c r="B200" s="15">
+        <v>20285</v>
+      </c>
+      <c r="C200" s="18" t="s">
         <v>304</v>
       </c>
-      <c r="B200" s="64"/>
-[...1 lines deleted...]
-      <c r="D200" s="66"/>
+      <c r="D200" s="21" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="201" spans="1:4" customHeight="1" ht="78.75">
       <c r="A201" s="12"/>
       <c r="B201" s="15">
-        <v>9794</v>
+        <v>20284</v>
       </c>
       <c r="C201" s="18" t="s">
         <v>305</v>
       </c>
       <c r="D201" s="21" t="s">
-        <v>277</v>
+        <v>306</v>
       </c>
     </row>
     <row r="202" spans="1:4" customHeight="1" ht="78.75">
       <c r="A202" s="12"/>
       <c r="B202" s="15">
-        <v>9796</v>
+        <v>20290</v>
       </c>
       <c r="C202" s="18" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D202" s="21" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
     </row>
     <row r="203" spans="1:4" customHeight="1" ht="78.75">
       <c r="A203" s="12"/>
       <c r="B203" s="15">
-        <v>9795</v>
+        <v>20289</v>
       </c>
       <c r="C203" s="18" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D203" s="21" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="204" spans="1:4" customHeight="1" ht="78.75">
       <c r="A204" s="12"/>
       <c r="B204" s="15">
-        <v>15223</v>
+        <v>20288</v>
       </c>
       <c r="C204" s="18" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D204" s="21" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row r="205" spans="1:4" customHeight="1" ht="78.75">
       <c r="A205" s="12"/>
       <c r="B205" s="15">
-        <v>13952</v>
+        <v>20282</v>
       </c>
       <c r="C205" s="18" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D205" s="21" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="206" spans="1:4" customHeight="1" ht="78.75">
       <c r="A206" s="12"/>
       <c r="B206" s="15">
-        <v>13949</v>
+        <v>20287</v>
       </c>
       <c r="C206" s="18" t="s">
         <v>311</v>
       </c>
       <c r="D206" s="21" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      <c r="A207" s="67" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A207" s="12"/>
+      <c r="B207" s="15">
+        <v>20286</v>
+      </c>
+      <c r="C207" s="18" t="s">
         <v>312</v>
       </c>
-      <c r="B207" s="68"/>
-[...1 lines deleted...]
-      <c r="D207" s="70"/>
+      <c r="D207" s="21" t="s">
+        <v>313</v>
+      </c>
     </row>
     <row r="208" spans="1:4">
-      <c r="A208" s="71" t="s">
-[...11 lines deleted...]
-      <c r="C209" s="18" t="s">
+      <c r="A208" s="67" t="s">
         <v>314</v>
       </c>
-      <c r="D209" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B208" s="68"/>
+      <c r="C208" s="69"/>
+      <c r="D208" s="70"/>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" s="71" t="s">
+        <v>315</v>
+      </c>
+      <c r="B209" s="72"/>
+      <c r="C209" s="73"/>
+      <c r="D209" s="74"/>
     </row>
     <row r="210" spans="1:4" customHeight="1" ht="78.75">
       <c r="A210" s="12"/>
       <c r="B210" s="15">
         <v>16046</v>
       </c>
       <c r="C210" s="18" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D210" s="21" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="211" spans="1:4" customHeight="1" ht="78.75">
       <c r="A211" s="12"/>
       <c r="B211" s="15">
         <v>15974</v>
       </c>
       <c r="C211" s="18" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D211" s="21" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="212" spans="1:4" customHeight="1" ht="78.75">
       <c r="A212" s="12"/>
       <c r="B212" s="15">
         <v>14128</v>
       </c>
       <c r="C212" s="18" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D212" s="21" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="213" spans="1:4" customHeight="1" ht="78.75">
       <c r="A213" s="12"/>
       <c r="B213" s="15">
-        <v>18831</v>
+        <v>17122</v>
       </c>
       <c r="C213" s="18" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D213" s="21" t="s">
-        <v>155</v>
+        <v>323</v>
       </c>
     </row>
     <row r="214" spans="1:4" customHeight="1" ht="78.75">
       <c r="A214" s="12"/>
       <c r="B214" s="15">
-        <v>17122</v>
+        <v>15977</v>
       </c>
       <c r="C214" s="18" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D214" s="21" t="s">
-        <v>323</v>
+        <v>243</v>
       </c>
     </row>
     <row r="215" spans="1:4" customHeight="1" ht="78.75">
       <c r="A215" s="12"/>
       <c r="B215" s="15">
-        <v>18661</v>
+        <v>18831</v>
       </c>
       <c r="C215" s="18" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D215" s="21" t="s">
-        <v>69</v>
+        <v>182</v>
       </c>
     </row>
     <row r="216" spans="1:4" customHeight="1" ht="78.75">
       <c r="A216" s="12"/>
       <c r="B216" s="15">
-        <v>15021</v>
+        <v>18661</v>
       </c>
       <c r="C216" s="18" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D216" s="21" t="s">
-        <v>242</v>
+        <v>40</v>
       </c>
     </row>
     <row r="217" spans="1:4" customHeight="1" ht="78.75">
       <c r="A217" s="12"/>
       <c r="B217" s="15">
         <v>15673</v>
       </c>
       <c r="C217" s="18" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D217" s="21" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
     </row>
     <row r="218" spans="1:4" customHeight="1" ht="78.75">
       <c r="A218" s="12"/>
       <c r="B218" s="15">
-        <v>15977</v>
+        <v>15676</v>
       </c>
       <c r="C218" s="18" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D218" s="21" t="s">
-        <v>242</v>
+        <v>166</v>
       </c>
     </row>
     <row r="219" spans="1:4" customHeight="1" ht="78.75">
       <c r="A219" s="12"/>
       <c r="B219" s="15">
-        <v>18662</v>
+        <v>16318</v>
       </c>
       <c r="C219" s="18" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D219" s="21" t="s">
-        <v>155</v>
+        <v>121</v>
       </c>
     </row>
     <row r="220" spans="1:4" customHeight="1" ht="78.75">
       <c r="A220" s="12"/>
       <c r="B220" s="15">
-        <v>18826</v>
+        <v>12360</v>
       </c>
       <c r="C220" s="18" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D220" s="21" t="s">
-        <v>330</v>
-[...7 lines deleted...]
-      <c r="C221" s="18" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" s="75" t="s">
         <v>331</v>
       </c>
-      <c r="D221" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B221" s="76"/>
+      <c r="C221" s="77"/>
+      <c r="D221" s="78"/>
     </row>
     <row r="222" spans="1:4" customHeight="1" ht="78.75">
       <c r="A222" s="12"/>
       <c r="B222" s="15">
-        <v>16318</v>
+        <v>13845</v>
       </c>
       <c r="C222" s="18" t="s">
         <v>332</v>
       </c>
       <c r="D222" s="21" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      <c r="A223" s="75" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A223" s="12"/>
+      <c r="B223" s="15">
+        <v>6136</v>
+      </c>
+      <c r="C223" s="18" t="s">
         <v>333</v>
       </c>
-      <c r="B223" s="76"/>
-[...1 lines deleted...]
-      <c r="D223" s="78"/>
+      <c r="D223" s="21" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="224" spans="1:4" customHeight="1" ht="78.75">
       <c r="A224" s="12"/>
       <c r="B224" s="15">
-        <v>6136</v>
+        <v>13847</v>
       </c>
       <c r="C224" s="18" t="s">
         <v>334</v>
       </c>
       <c r="D224" s="21" t="s">
-        <v>236</v>
+        <v>102</v>
       </c>
     </row>
     <row r="225" spans="1:4" customHeight="1" ht="78.75">
       <c r="A225" s="12"/>
       <c r="B225" s="15">
-        <v>13847</v>
+        <v>13848</v>
       </c>
       <c r="C225" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D225" s="21" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
     </row>
     <row r="226" spans="1:4" customHeight="1" ht="78.75">
       <c r="A226" s="12"/>
       <c r="B226" s="15">
-        <v>13848</v>
+        <v>17127</v>
       </c>
       <c r="C226" s="18" t="s">
         <v>336</v>
       </c>
       <c r="D226" s="21" t="s">
-        <v>92</v>
+        <v>337</v>
       </c>
     </row>
     <row r="227" spans="1:4" customHeight="1" ht="78.75">
       <c r="A227" s="12"/>
       <c r="B227" s="15">
-        <v>17127</v>
+        <v>17128</v>
       </c>
       <c r="C227" s="18" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D227" s="21" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="228" spans="1:4" customHeight="1" ht="78.75">
       <c r="A228" s="12"/>
       <c r="B228" s="15">
-        <v>17128</v>
+        <v>7596</v>
       </c>
       <c r="C228" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="D228" s="21" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="229" spans="1:4" customHeight="1" ht="78.75">
       <c r="A229" s="12"/>
       <c r="B229" s="15">
-        <v>7596</v>
+        <v>13843</v>
       </c>
       <c r="C229" s="18" t="s">
         <v>341</v>
       </c>
       <c r="D229" s="21" t="s">
-        <v>340</v>
+        <v>53</v>
       </c>
     </row>
     <row r="230" spans="1:4" customHeight="1" ht="78.75">
       <c r="A230" s="12"/>
       <c r="B230" s="15">
-        <v>13843</v>
+        <v>13850</v>
       </c>
       <c r="C230" s="18" t="s">
         <v>342</v>
       </c>
       <c r="D230" s="21" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:4" customHeight="1" ht="78.75">
       <c r="A231" s="12"/>
       <c r="B231" s="15">
-        <v>13850</v>
+        <v>17129</v>
       </c>
       <c r="C231" s="18" t="s">
         <v>343</v>
       </c>
       <c r="D231" s="21" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
     </row>
     <row r="232" spans="1:4" customHeight="1" ht="78.75">
       <c r="A232" s="12"/>
       <c r="B232" s="15">
-        <v>17129</v>
+        <v>9393</v>
       </c>
       <c r="C232" s="18" t="s">
         <v>344</v>
       </c>
       <c r="D232" s="21" t="s">
-        <v>87</v>
+        <v>211</v>
       </c>
     </row>
     <row r="233" spans="1:4" customHeight="1" ht="78.75">
       <c r="A233" s="12"/>
       <c r="B233" s="15">
-        <v>9393</v>
+        <v>13851</v>
       </c>
       <c r="C233" s="18" t="s">
         <v>345</v>
       </c>
       <c r="D233" s="21" t="s">
-        <v>210</v>
+        <v>346</v>
       </c>
     </row>
     <row r="234" spans="1:4" customHeight="1" ht="78.75">
       <c r="A234" s="12"/>
       <c r="B234" s="15">
-        <v>13851</v>
+        <v>18827</v>
       </c>
       <c r="C234" s="18" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D234" s="21" t="s">
-        <v>347</v>
+        <v>109</v>
       </c>
     </row>
     <row r="235" spans="1:4" customHeight="1" ht="78.75">
       <c r="A235" s="12"/>
       <c r="B235" s="15">
-        <v>18827</v>
+        <v>17125</v>
       </c>
       <c r="C235" s="18" t="s">
         <v>348</v>
       </c>
       <c r="D235" s="21" t="s">
-        <v>101</v>
+        <v>349</v>
       </c>
     </row>
     <row r="236" spans="1:4" customHeight="1" ht="78.75">
       <c r="A236" s="12"/>
       <c r="B236" s="15">
-        <v>17125</v>
+        <v>13849</v>
       </c>
       <c r="C236" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="D236" s="21" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:4" customHeight="1" ht="78.75">
       <c r="A237" s="12"/>
       <c r="B237" s="15">
-        <v>13849</v>
+        <v>13846</v>
       </c>
       <c r="C237" s="18" t="s">
         <v>351</v>
       </c>
       <c r="D237" s="21" t="s">
-        <v>350</v>
-[...7 lines deleted...]
-      <c r="C238" s="18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" s="79" t="s">
         <v>352</v>
       </c>
-      <c r="D238" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B238" s="80"/>
+      <c r="C238" s="81"/>
+      <c r="D238" s="82"/>
     </row>
     <row r="239" spans="1:4" customHeight="1" ht="78.75">
       <c r="A239" s="12"/>
       <c r="B239" s="15">
-        <v>13845</v>
+        <v>11897</v>
       </c>
       <c r="C239" s="18" t="s">
         <v>353</v>
       </c>
       <c r="D239" s="21" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="A240" s="79" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A240" s="12"/>
+      <c r="B240" s="15">
+        <v>11896</v>
+      </c>
+      <c r="C240" s="18" t="s">
         <v>354</v>
       </c>
-      <c r="B240" s="80"/>
-[...1 lines deleted...]
-      <c r="D240" s="82"/>
+      <c r="D240" s="21" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="241" spans="1:4" customHeight="1" ht="78.75">
       <c r="A241" s="12"/>
       <c r="B241" s="15">
-        <v>11897</v>
+        <v>11895</v>
       </c>
       <c r="C241" s="18" t="s">
         <v>355</v>
       </c>
       <c r="D241" s="21" t="s">
-        <v>203</v>
-[...7 lines deleted...]
-      <c r="C242" s="18" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" s="83" t="s">
         <v>356</v>
       </c>
-      <c r="D242" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B242" s="84"/>
+      <c r="C242" s="85"/>
+      <c r="D242" s="86"/>
     </row>
     <row r="243" spans="1:4" customHeight="1" ht="78.75">
       <c r="A243" s="12"/>
       <c r="B243" s="15">
-        <v>11895</v>
+        <v>20024</v>
       </c>
       <c r="C243" s="18" t="s">
         <v>357</v>
       </c>
       <c r="D243" s="21" t="s">
-        <v>277</v>
-[...7 lines deleted...]
-      <c r="C244" s="18" t="s">
         <v>358</v>
       </c>
-      <c r="D244" s="21" t="s">
-[...1 lines deleted...]
-      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" s="87" t="s">
+        <v>359</v>
+      </c>
+      <c r="B244" s="88"/>
+      <c r="C244" s="89"/>
+      <c r="D244" s="90"/>
     </row>
     <row r="245" spans="1:4">
-      <c r="A245" s="83" t="s">
-[...11 lines deleted...]
-      <c r="C246" s="18" t="s">
+      <c r="A245" s="91" t="s">
         <v>360</v>
       </c>
-      <c r="D246" s="21" t="s">
+      <c r="B245" s="92"/>
+      <c r="C245" s="93"/>
+      <c r="D245" s="94"/>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" s="95" t="s">
         <v>361</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A247" s="87" t="s">
+      <c r="B246" s="96"/>
+      <c r="C246" s="97"/>
+      <c r="D246" s="98"/>
+    </row>
+    <row r="247" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A247" s="12"/>
+      <c r="B247" s="15">
+        <v>20495</v>
+      </c>
+      <c r="C247" s="18" t="s">
         <v>362</v>
       </c>
-      <c r="B247" s="88"/>
-[...4 lines deleted...]
-      <c r="A248" s="91" t="s">
+      <c r="D247" s="21" t="s">
         <v>363</v>
       </c>
-      <c r="B248" s="92"/>
-[...1 lines deleted...]
-      <c r="D248" s="94"/>
+    </row>
+    <row r="248" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A248" s="12"/>
+      <c r="B248" s="15">
+        <v>20493</v>
+      </c>
+      <c r="C248" s="18" t="s">
+        <v>364</v>
+      </c>
+      <c r="D248" s="21" t="s">
+        <v>365</v>
+      </c>
     </row>
     <row r="249" spans="1:4">
-      <c r="A249" s="95" t="s">
-[...12 lines deleted...]
-      <c r="D250" s="102"/>
+      <c r="A249" s="99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B249" s="100"/>
+      <c r="C249" s="101"/>
+      <c r="D249" s="102"/>
+    </row>
+    <row r="250" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A250" s="12"/>
+      <c r="B250" s="15">
+        <v>13547</v>
+      </c>
+      <c r="C250" s="18" t="s">
+        <v>367</v>
+      </c>
+      <c r="D250" s="21" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="251" spans="1:4" customHeight="1" ht="78.75">
       <c r="A251" s="12"/>
       <c r="B251" s="15">
-        <v>16730</v>
+        <v>13971</v>
       </c>
       <c r="C251" s="18" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D251" s="21" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="252" spans="1:4" customHeight="1" ht="78.75">
       <c r="A252" s="12"/>
       <c r="B252" s="15">
-        <v>18944</v>
+        <v>11381</v>
       </c>
       <c r="C252" s="18" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D252" s="21" t="s">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="253" spans="1:4" customHeight="1" ht="78.75">
       <c r="A253" s="12"/>
       <c r="B253" s="15">
-        <v>19913</v>
+        <v>18944</v>
       </c>
       <c r="C253" s="18" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D253" s="21" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
     </row>
     <row r="254" spans="1:4" customHeight="1" ht="78.75">
       <c r="A254" s="12"/>
       <c r="B254" s="15">
-        <v>13547</v>
+        <v>19911</v>
       </c>
       <c r="C254" s="18" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D254" s="21" t="s">
-        <v>149</v>
+        <v>373</v>
       </c>
     </row>
     <row r="255" spans="1:4" customHeight="1" ht="78.75">
       <c r="A255" s="12"/>
       <c r="B255" s="15">
-        <v>19906</v>
+        <v>16725</v>
       </c>
       <c r="C255" s="18" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="D255" s="21" t="s">
-        <v>371</v>
+        <v>40</v>
       </c>
     </row>
     <row r="256" spans="1:4" customHeight="1" ht="78.75">
       <c r="A256" s="12"/>
       <c r="B256" s="15">
-        <v>11381</v>
+        <v>18946</v>
       </c>
       <c r="C256" s="18" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D256" s="21" t="s">
-        <v>373</v>
+        <v>166</v>
       </c>
     </row>
     <row r="257" spans="1:4" customHeight="1" ht="78.75">
       <c r="A257" s="12"/>
       <c r="B257" s="15">
-        <v>19486</v>
+        <v>10141</v>
       </c>
       <c r="C257" s="18" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D257" s="21" t="s">
-        <v>65</v>
+        <v>262</v>
       </c>
     </row>
     <row r="258" spans="1:4" customHeight="1" ht="78.75">
       <c r="A258" s="12"/>
       <c r="B258" s="15">
-        <v>19912</v>
+        <v>11483</v>
       </c>
       <c r="C258" s="18" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D258" s="21" t="s">
-        <v>376</v>
+        <v>321</v>
       </c>
     </row>
     <row r="259" spans="1:4" customHeight="1" ht="78.75">
       <c r="A259" s="12"/>
       <c r="B259" s="15">
-        <v>16725</v>
+        <v>19487</v>
       </c>
       <c r="C259" s="18" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D259" s="21" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
     </row>
     <row r="260" spans="1:4" customHeight="1" ht="78.75">
       <c r="A260" s="12"/>
       <c r="B260" s="15">
-        <v>13971</v>
+        <v>13613</v>
       </c>
       <c r="C260" s="18" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D260" s="21" t="s">
-        <v>157</v>
+        <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:4" customHeight="1" ht="78.75">
       <c r="A261" s="12"/>
       <c r="B261" s="15">
-        <v>10141</v>
+        <v>13740</v>
       </c>
       <c r="C261" s="18" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D261" s="21" t="s">
-        <v>133</v>
+        <v>172</v>
       </c>
     </row>
     <row r="262" spans="1:4" customHeight="1" ht="78.75">
       <c r="A262" s="12"/>
       <c r="B262" s="15">
-        <v>11483</v>
+        <v>19993</v>
       </c>
       <c r="C262" s="18" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D262" s="21" t="s">
-        <v>320</v>
+        <v>201</v>
       </c>
     </row>
     <row r="263" spans="1:4" customHeight="1" ht="78.75">
       <c r="A263" s="12"/>
       <c r="B263" s="15">
-        <v>19911</v>
+        <v>13549</v>
       </c>
       <c r="C263" s="18" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D263" s="21" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="264" spans="1:4" customHeight="1" ht="78.75">
       <c r="A264" s="12"/>
       <c r="B264" s="15">
-        <v>13613</v>
+        <v>19910</v>
       </c>
       <c r="C264" s="18" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D264" s="21" t="s">
-        <v>65</v>
+        <v>385</v>
       </c>
     </row>
     <row r="265" spans="1:4" customHeight="1" ht="78.75">
       <c r="A265" s="12"/>
       <c r="B265" s="15">
-        <v>18946</v>
+        <v>18945</v>
       </c>
       <c r="C265" s="18" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D265" s="21" t="s">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="266" spans="1:4" customHeight="1" ht="78.75">
       <c r="A266" s="12"/>
       <c r="B266" s="15">
-        <v>19993</v>
+        <v>13562</v>
       </c>
       <c r="C266" s="18" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D266" s="21" t="s">
-        <v>192</v>
+        <v>66</v>
       </c>
     </row>
     <row r="267" spans="1:4" customHeight="1" ht="78.75">
       <c r="A267" s="12"/>
       <c r="B267" s="15">
-        <v>13549</v>
+        <v>13555</v>
       </c>
       <c r="C267" s="18" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D267" s="21" t="s">
-        <v>387</v>
+        <v>182</v>
       </c>
     </row>
     <row r="268" spans="1:4" customHeight="1" ht="78.75">
       <c r="A268" s="12"/>
       <c r="B268" s="15">
-        <v>19487</v>
+        <v>13612</v>
       </c>
       <c r="C268" s="18" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D268" s="21" t="s">
-        <v>94</v>
+        <v>390</v>
       </c>
     </row>
     <row r="269" spans="1:4" customHeight="1" ht="78.75">
       <c r="A269" s="12"/>
       <c r="B269" s="15">
-        <v>18945</v>
+        <v>19909</v>
       </c>
       <c r="C269" s="18" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D269" s="21" t="s">
-        <v>277</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:4" customHeight="1" ht="78.75">
       <c r="A270" s="12"/>
       <c r="B270" s="15">
-        <v>13740</v>
+        <v>18127</v>
       </c>
       <c r="C270" s="18" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D270" s="21" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
     </row>
     <row r="271" spans="1:4" customHeight="1" ht="78.75">
       <c r="A271" s="12"/>
       <c r="B271" s="15">
-        <v>19905</v>
+        <v>13561</v>
       </c>
       <c r="C271" s="18" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D271" s="21" t="s">
-        <v>392</v>
+        <v>275</v>
       </c>
     </row>
     <row r="272" spans="1:4" customHeight="1" ht="78.75">
       <c r="A272" s="12"/>
       <c r="B272" s="15">
-        <v>13555</v>
+        <v>13554</v>
       </c>
       <c r="C272" s="18" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D272" s="21" t="s">
-        <v>155</v>
+        <v>395</v>
       </c>
     </row>
     <row r="273" spans="1:4" customHeight="1" ht="78.75">
       <c r="A273" s="12"/>
       <c r="B273" s="15">
-        <v>13612</v>
+        <v>13559</v>
       </c>
       <c r="C273" s="18" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D273" s="21" t="s">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:4" customHeight="1" ht="78.75">
       <c r="A274" s="12"/>
       <c r="B274" s="15">
-        <v>19910</v>
+        <v>16358</v>
       </c>
       <c r="C274" s="18" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D274" s="21" t="s">
-        <v>174</v>
+        <v>398</v>
       </c>
     </row>
     <row r="275" spans="1:4" customHeight="1" ht="78.75">
       <c r="A275" s="12"/>
       <c r="B275" s="15">
-        <v>18127</v>
+        <v>14580</v>
       </c>
       <c r="C275" s="18" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D275" s="21" t="s">
-        <v>157</v>
+        <v>385</v>
       </c>
     </row>
     <row r="276" spans="1:4" customHeight="1" ht="78.75">
       <c r="A276" s="12"/>
       <c r="B276" s="15">
-        <v>13562</v>
+        <v>20629</v>
       </c>
       <c r="C276" s="18" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D276" s="21" t="s">
-        <v>58</v>
+        <v>401</v>
       </c>
     </row>
     <row r="277" spans="1:4" customHeight="1" ht="78.75">
       <c r="A277" s="12"/>
       <c r="B277" s="15">
-        <v>13563</v>
+        <v>19905</v>
       </c>
       <c r="C277" s="18" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D277" s="21" t="s">
-        <v>157</v>
+        <v>403</v>
       </c>
     </row>
     <row r="278" spans="1:4" customHeight="1" ht="78.75">
       <c r="A278" s="12"/>
       <c r="B278" s="15">
-        <v>13554</v>
+        <v>13614</v>
       </c>
       <c r="C278" s="18" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D278" s="21" t="s">
-        <v>401</v>
+        <v>107</v>
       </c>
     </row>
     <row r="279" spans="1:4" customHeight="1" ht="78.75">
       <c r="A279" s="12"/>
       <c r="B279" s="15">
-        <v>13559</v>
+        <v>13566</v>
       </c>
       <c r="C279" s="18" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D279" s="21" t="s">
-        <v>277</v>
+        <v>134</v>
       </c>
     </row>
     <row r="280" spans="1:4" customHeight="1" ht="78.75">
       <c r="A280" s="12"/>
       <c r="B280" s="15">
-        <v>19909</v>
+        <v>19908</v>
       </c>
       <c r="C280" s="18" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D280" s="21" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
     </row>
     <row r="281" spans="1:4" customHeight="1" ht="78.75">
       <c r="A281" s="12"/>
       <c r="B281" s="15">
         <v>18285</v>
       </c>
       <c r="C281" s="18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D281" s="21" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="282" spans="1:4" customHeight="1" ht="78.75">
       <c r="A282" s="12"/>
       <c r="B282" s="15">
-        <v>13561</v>
+        <v>19507</v>
       </c>
       <c r="C282" s="18" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D282" s="21" t="s">
-        <v>277</v>
+        <v>409</v>
       </c>
     </row>
     <row r="283" spans="1:4" customHeight="1" ht="78.75">
       <c r="A283" s="12"/>
       <c r="B283" s="15">
-        <v>17473</v>
+        <v>13563</v>
       </c>
       <c r="C283" s="18" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D283" s="21" t="s">
-        <v>407</v>
+        <v>134</v>
       </c>
     </row>
     <row r="284" spans="1:4" customHeight="1" ht="78.75">
       <c r="A284" s="12"/>
       <c r="B284" s="15">
-        <v>13614</v>
+        <v>13551</v>
       </c>
       <c r="C284" s="18" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D284" s="21" t="s">
-        <v>99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="285" spans="1:4" customHeight="1" ht="78.75">
       <c r="A285" s="12"/>
       <c r="B285" s="15">
-        <v>13566</v>
+        <v>13552</v>
       </c>
       <c r="C285" s="18" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D285" s="21" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
     </row>
     <row r="286" spans="1:4" customHeight="1" ht="78.75">
       <c r="A286" s="12"/>
       <c r="B286" s="15">
-        <v>16358</v>
+        <v>18132</v>
       </c>
       <c r="C286" s="18" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D286" s="21" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
     </row>
     <row r="287" spans="1:4" customHeight="1" ht="78.75">
       <c r="A287" s="12"/>
       <c r="B287" s="15">
         <v>18103</v>
       </c>
       <c r="C287" s="18" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="D287" s="21" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="288" spans="1:4" customHeight="1" ht="78.75">
       <c r="A288" s="12"/>
       <c r="B288" s="15">
-        <v>19507</v>
+        <v>11378</v>
       </c>
       <c r="C288" s="18" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D288" s="21" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="289" spans="1:4" customHeight="1" ht="78.75">
       <c r="A289" s="12"/>
       <c r="B289" s="15">
-        <v>13560</v>
+        <v>17473</v>
       </c>
       <c r="C289" s="18" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D289" s="21" t="s">
-        <v>293</v>
+        <v>418</v>
       </c>
     </row>
     <row r="290" spans="1:4" customHeight="1" ht="78.75">
       <c r="A290" s="12"/>
       <c r="B290" s="15">
-        <v>13551</v>
+        <v>13565</v>
       </c>
       <c r="C290" s="18" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D290" s="21" t="s">
-        <v>277</v>
+        <v>416</v>
       </c>
     </row>
     <row r="291" spans="1:4" customHeight="1" ht="78.75">
       <c r="A291" s="12"/>
       <c r="B291" s="15">
-        <v>13552</v>
+        <v>16872</v>
       </c>
       <c r="C291" s="18" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D291" s="21" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="292" spans="1:4" customHeight="1" ht="78.75">
       <c r="A292" s="12"/>
       <c r="B292" s="15">
-        <v>19908</v>
+        <v>19907</v>
       </c>
       <c r="C292" s="18" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D292" s="21" t="s">
-        <v>310</v>
+        <v>161</v>
       </c>
     </row>
     <row r="293" spans="1:4" customHeight="1" ht="78.75">
       <c r="A293" s="12"/>
       <c r="B293" s="15">
         <v>11385</v>
       </c>
       <c r="C293" s="18" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D293" s="21" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
     </row>
     <row r="294" spans="1:4" customHeight="1" ht="78.75">
       <c r="A294" s="12"/>
       <c r="B294" s="15">
-        <v>11378</v>
+        <v>13560</v>
       </c>
       <c r="C294" s="18" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="D294" s="21" t="s">
-        <v>420</v>
+        <v>291</v>
       </c>
     </row>
     <row r="295" spans="1:4" customHeight="1" ht="78.75">
       <c r="A295" s="12"/>
       <c r="B295" s="15">
-        <v>19505</v>
+        <v>13610</v>
       </c>
       <c r="C295" s="18" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D295" s="21" t="s">
-        <v>371</v>
+        <v>291</v>
       </c>
     </row>
     <row r="296" spans="1:4" customHeight="1" ht="78.75">
       <c r="A296" s="12"/>
       <c r="B296" s="15">
-        <v>13565</v>
+        <v>13550</v>
       </c>
       <c r="C296" s="18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D296" s="21" t="s">
-        <v>420</v>
+        <v>398</v>
       </c>
     </row>
     <row r="297" spans="1:4" customHeight="1" ht="78.75">
       <c r="A297" s="12"/>
       <c r="B297" s="15">
-        <v>16872</v>
+        <v>13564</v>
       </c>
       <c r="C297" s="18" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D297" s="21" t="s">
-        <v>424</v>
+        <v>134</v>
       </c>
     </row>
     <row r="298" spans="1:4" customHeight="1" ht="78.75">
       <c r="A298" s="12"/>
       <c r="B298" s="15">
-        <v>18132</v>
+        <v>13611</v>
       </c>
       <c r="C298" s="18" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D298" s="21" t="s">
-        <v>293</v>
+        <v>428</v>
       </c>
     </row>
     <row r="299" spans="1:4" customHeight="1" ht="78.75">
       <c r="A299" s="12"/>
       <c r="B299" s="15">
-        <v>14580</v>
+        <v>19904</v>
       </c>
       <c r="C299" s="18" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D299" s="21" t="s">
-        <v>174</v>
+        <v>403</v>
       </c>
     </row>
     <row r="300" spans="1:4" customHeight="1" ht="78.75">
       <c r="A300" s="12"/>
       <c r="B300" s="15">
-        <v>19904</v>
+        <v>13556</v>
       </c>
       <c r="C300" s="18" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D300" s="21" t="s">
-        <v>392</v>
+        <v>134</v>
       </c>
     </row>
     <row r="301" spans="1:4" customHeight="1" ht="78.75">
       <c r="A301" s="12"/>
       <c r="B301" s="15">
-        <v>13610</v>
+        <v>16220</v>
       </c>
       <c r="C301" s="18" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D301" s="21" t="s">
-        <v>293</v>
+        <v>53</v>
       </c>
     </row>
     <row r="302" spans="1:4" customHeight="1" ht="78.75">
       <c r="A302" s="12"/>
       <c r="B302" s="15">
-        <v>13550</v>
+        <v>19906</v>
       </c>
       <c r="C302" s="18" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="D302" s="21" t="s">
-        <v>310</v>
+        <v>433</v>
       </c>
     </row>
     <row r="303" spans="1:4" customHeight="1" ht="78.75">
       <c r="A303" s="12"/>
       <c r="B303" s="15">
-        <v>19907</v>
+        <v>16730</v>
       </c>
       <c r="C303" s="18" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D303" s="21" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="304" spans="1:4" customHeight="1" ht="78.75">
       <c r="A304" s="12"/>
       <c r="B304" s="15">
-        <v>13611</v>
+        <v>19506</v>
       </c>
       <c r="C304" s="18" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D304" s="21" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
     </row>
     <row r="305" spans="1:4" customHeight="1" ht="78.75">
       <c r="A305" s="12"/>
       <c r="B305" s="15">
-        <v>19506</v>
+        <v>19912</v>
       </c>
       <c r="C305" s="18" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D305" s="21" t="s">
-        <v>434</v>
-[...12 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" s="103" t="s">
+        <v>439</v>
+      </c>
+      <c r="B306" s="104"/>
+      <c r="C306" s="105"/>
+      <c r="D306" s="106"/>
     </row>
     <row r="307" spans="1:4" customHeight="1" ht="78.75">
       <c r="A307" s="12"/>
       <c r="B307" s="15">
-        <v>16220</v>
+        <v>19880</v>
       </c>
       <c r="C307" s="18" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D307" s="21" t="s">
-        <v>42</v>
+        <v>441</v>
       </c>
     </row>
     <row r="308" spans="1:4" customHeight="1" ht="78.75">
       <c r="A308" s="12"/>
       <c r="B308" s="15">
-        <v>13564</v>
+        <v>19895</v>
       </c>
       <c r="C308" s="18" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="D308" s="21" t="s">
-        <v>157</v>
-[...8 lines deleted...]
-      <c r="D309" s="106"/>
+        <v>443</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A309" s="12"/>
+      <c r="B309" s="15">
+        <v>19951</v>
+      </c>
+      <c r="C309" s="18" t="s">
+        <v>444</v>
+      </c>
+      <c r="D309" s="21" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="310" spans="1:4" customHeight="1" ht="78.75">
       <c r="A310" s="12"/>
       <c r="B310" s="15">
-        <v>19887</v>
+        <v>20223</v>
       </c>
       <c r="C310" s="18" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="D310" s="21" t="s">
-        <v>440</v>
+        <v>136</v>
       </c>
     </row>
     <row r="311" spans="1:4" customHeight="1" ht="78.75">
       <c r="A311" s="12"/>
       <c r="B311" s="15">
-        <v>19894</v>
+        <v>19888</v>
       </c>
       <c r="C311" s="18" t="s">
+        <v>446</v>
+      </c>
+      <c r="D311" s="21" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="312" spans="1:4" customHeight="1" ht="78.75">
       <c r="A312" s="12"/>
       <c r="B312" s="15">
-        <v>19881</v>
+        <v>19950</v>
       </c>
       <c r="C312" s="18" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="D312" s="21" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="313" spans="1:4" customHeight="1" ht="78.75">
       <c r="A313" s="12"/>
       <c r="B313" s="15">
-        <v>19876</v>
+        <v>19893</v>
       </c>
       <c r="C313" s="18" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="D313" s="21" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
     </row>
     <row r="314" spans="1:4" customHeight="1" ht="78.75">
       <c r="A314" s="12"/>
       <c r="B314" s="15">
-        <v>19884</v>
+        <v>19890</v>
       </c>
       <c r="C314" s="18" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="D314" s="21" t="s">
-        <v>447</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:4" customHeight="1" ht="78.75">
       <c r="A315" s="12"/>
       <c r="B315" s="15">
-        <v>19888</v>
+        <v>19878</v>
       </c>
       <c r="C315" s="18" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D315" s="21" t="s">
-        <v>444</v>
+        <v>283</v>
       </c>
     </row>
     <row r="316" spans="1:4" customHeight="1" ht="78.75">
       <c r="A316" s="12"/>
       <c r="B316" s="15">
-        <v>19883</v>
+        <v>19887</v>
       </c>
       <c r="C316" s="18" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="D316" s="21" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row r="317" spans="1:4" customHeight="1" ht="78.75">
       <c r="A317" s="12"/>
       <c r="B317" s="15">
-        <v>19893</v>
+        <v>19877</v>
       </c>
       <c r="C317" s="18" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D317" s="21" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
     </row>
     <row r="318" spans="1:4" customHeight="1" ht="78.75">
       <c r="A318" s="12"/>
       <c r="B318" s="15">
-        <v>19872</v>
+        <v>19885</v>
       </c>
       <c r="C318" s="18" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D318" s="21" t="s">
-        <v>442</v>
-[...12 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" s="107" t="s">
+        <v>458</v>
+      </c>
+      <c r="B319" s="108"/>
+      <c r="C319" s="109"/>
+      <c r="D319" s="110"/>
     </row>
     <row r="320" spans="1:4" customHeight="1" ht="78.75">
       <c r="A320" s="12"/>
       <c r="B320" s="15">
-        <v>19879</v>
+        <v>19338</v>
       </c>
       <c r="C320" s="18" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D320" s="21" t="s">
-        <v>444</v>
+        <v>149</v>
       </c>
     </row>
     <row r="321" spans="1:4" customHeight="1" ht="78.75">
       <c r="A321" s="12"/>
       <c r="B321" s="15">
-        <v>19950</v>
+        <v>19334</v>
       </c>
       <c r="C321" s="18" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D321" s="21" t="s">
-        <v>457</v>
+        <v>201</v>
       </c>
     </row>
     <row r="322" spans="1:4" customHeight="1" ht="78.75">
       <c r="A322" s="12"/>
       <c r="B322" s="15">
-        <v>19885</v>
+        <v>19331</v>
       </c>
       <c r="C322" s="18" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D322" s="21" t="s">
-        <v>459</v>
+        <v>134</v>
       </c>
     </row>
     <row r="323" spans="1:4" customHeight="1" ht="78.75">
       <c r="A323" s="12"/>
       <c r="B323" s="15">
-        <v>19892</v>
+        <v>18146</v>
       </c>
       <c r="C323" s="18" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D323" s="21" t="s">
-        <v>461</v>
+        <v>182</v>
       </c>
     </row>
     <row r="324" spans="1:4" customHeight="1" ht="78.75">
       <c r="A324" s="12"/>
       <c r="B324" s="15">
-        <v>19874</v>
+        <v>17984</v>
       </c>
       <c r="C324" s="18" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D324" s="21" t="s">
-        <v>371</v>
+        <v>182</v>
       </c>
     </row>
     <row r="325" spans="1:4" customHeight="1" ht="78.75">
       <c r="A325" s="12"/>
       <c r="B325" s="15">
-        <v>19880</v>
+        <v>16423</v>
       </c>
       <c r="C325" s="18" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D325" s="21" t="s">
-        <v>444</v>
+        <v>182</v>
       </c>
     </row>
     <row r="326" spans="1:4" customHeight="1" ht="78.75">
       <c r="A326" s="12"/>
       <c r="B326" s="15">
-        <v>19891</v>
+        <v>19332</v>
       </c>
       <c r="C326" s="18" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D326" s="21" t="s">
-        <v>371</v>
+        <v>466</v>
       </c>
     </row>
     <row r="327" spans="1:4" customHeight="1" ht="78.75">
       <c r="A327" s="12"/>
       <c r="B327" s="15">
-        <v>19873</v>
+        <v>19337</v>
       </c>
       <c r="C327" s="18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D327" s="21" t="s">
-        <v>371</v>
+        <v>201</v>
       </c>
     </row>
     <row r="328" spans="1:4" customHeight="1" ht="78.75">
       <c r="A328" s="12"/>
       <c r="B328" s="15">
-        <v>19895</v>
+        <v>19336</v>
       </c>
       <c r="C328" s="18" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D328" s="21" t="s">
-        <v>467</v>
+        <v>264</v>
       </c>
     </row>
     <row r="329" spans="1:4" customHeight="1" ht="78.75">
       <c r="A329" s="12"/>
       <c r="B329" s="15">
-        <v>19889</v>
+        <v>19335</v>
       </c>
       <c r="C329" s="18" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D329" s="21" t="s">
-        <v>401</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:4" customHeight="1" ht="78.75">
       <c r="A330" s="12"/>
       <c r="B330" s="15">
-        <v>19886</v>
+        <v>19333</v>
       </c>
       <c r="C330" s="18" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D330" s="21" t="s">
-        <v>401</v>
+        <v>264</v>
       </c>
     </row>
     <row r="331" spans="1:4" customHeight="1" ht="78.75">
       <c r="A331" s="12"/>
       <c r="B331" s="15">
-        <v>19951</v>
+        <v>18147</v>
       </c>
       <c r="C331" s="18" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D331" s="21" t="s">
-        <v>40</v>
-[...12 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" s="111" t="s">
+        <v>472</v>
+      </c>
+      <c r="B332" s="112"/>
+      <c r="C332" s="113"/>
+      <c r="D332" s="114"/>
     </row>
     <row r="333" spans="1:4" customHeight="1" ht="78.75">
       <c r="A333" s="12"/>
       <c r="B333" s="15">
-        <v>20223</v>
+        <v>17994</v>
       </c>
       <c r="C333" s="18" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D333" s="21" t="s">
-        <v>181</v>
+        <v>95</v>
       </c>
     </row>
     <row r="334" spans="1:4" customHeight="1" ht="78.75">
       <c r="A334" s="12"/>
       <c r="B334" s="15">
-        <v>19882</v>
+        <v>20301</v>
       </c>
       <c r="C334" s="18" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D334" s="21" t="s">
-        <v>444</v>
+        <v>475</v>
       </c>
     </row>
     <row r="335" spans="1:4" customHeight="1" ht="78.75">
       <c r="A335" s="12"/>
       <c r="B335" s="15">
-        <v>19875</v>
+        <v>20294</v>
       </c>
       <c r="C335" s="18" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D335" s="21" t="s">
-        <v>475</v>
-[...8 lines deleted...]
-      <c r="D336" s="110"/>
+        <v>477</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" customHeight="1" ht="78.75">
+      <c r="A336" s="12"/>
+      <c r="B336" s="15">
+        <v>18853</v>
+      </c>
+      <c r="C336" s="18" t="s">
+        <v>478</v>
+      </c>
+      <c r="D336" s="21" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="337" spans="1:4" customHeight="1" ht="78.75">
       <c r="A337" s="12"/>
       <c r="B337" s="15">
-        <v>19490</v>
+        <v>16443</v>
       </c>
       <c r="C337" s="18" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D337" s="21" t="s">
-        <v>434</v>
+        <v>480</v>
       </c>
     </row>
     <row r="338" spans="1:4" customHeight="1" ht="78.75">
       <c r="A338" s="12"/>
       <c r="B338" s="15">
-        <v>17226</v>
+        <v>20296</v>
       </c>
       <c r="C338" s="18" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D338" s="21" t="s">
-        <v>387</v>
+        <v>319</v>
       </c>
     </row>
     <row r="339" spans="1:4" customHeight="1" ht="78.75">
       <c r="A339" s="12"/>
       <c r="B339" s="15">
-        <v>19338</v>
+        <v>20299</v>
       </c>
       <c r="C339" s="18" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D339" s="21" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
     <row r="340" spans="1:4" customHeight="1" ht="78.75">
       <c r="A340" s="12"/>
       <c r="B340" s="15">
-        <v>19334</v>
+        <v>17844</v>
       </c>
       <c r="C340" s="18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D340" s="21" t="s">
-        <v>192</v>
+        <v>484</v>
       </c>
     </row>
     <row r="341" spans="1:4" customHeight="1" ht="78.75">
       <c r="A341" s="12"/>
       <c r="B341" s="15">
-        <v>16423</v>
+        <v>20342</v>
       </c>
       <c r="C341" s="18" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D341" s="21" t="s">
-        <v>155</v>
+        <v>486</v>
       </c>
     </row>
     <row r="342" spans="1:4" customHeight="1" ht="78.75">
       <c r="A342" s="12"/>
       <c r="B342" s="15">
-        <v>19331</v>
+        <v>17845</v>
       </c>
       <c r="C342" s="18" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D342" s="21" t="s">
-        <v>157</v>
+        <v>303</v>
       </c>
     </row>
     <row r="343" spans="1:4" customHeight="1" ht="78.75">
       <c r="A343" s="12"/>
       <c r="B343" s="15">
-        <v>19337</v>
+        <v>13944</v>
       </c>
       <c r="C343" s="18" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D343" s="21" t="s">
-        <v>192</v>
+        <v>53</v>
       </c>
     </row>
     <row r="344" spans="1:4" customHeight="1" ht="78.75">
       <c r="A344" s="12"/>
       <c r="B344" s="15">
-        <v>19454</v>
+        <v>20295</v>
       </c>
       <c r="C344" s="18" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D344" s="21" t="s">
-        <v>387</v>
+        <v>490</v>
       </c>
     </row>
     <row r="345" spans="1:4" customHeight="1" ht="78.75">
       <c r="A345" s="12"/>
       <c r="B345" s="15">
-        <v>19336</v>
+        <v>17848</v>
       </c>
       <c r="C345" s="18" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="D345" s="21" t="s">
-        <v>266</v>
+        <v>182</v>
       </c>
     </row>
     <row r="346" spans="1:4" customHeight="1" ht="78.75">
-      <c r="A346" s="12"/>
-[...75 lines deleted...]
-      <c r="C352" s="18" t="s">
+      <c r="A346" s="13"/>
+      <c r="B346" s="16">
+        <v>16652</v>
+      </c>
+      <c r="C346" s="19" t="s">
         <v>492</v>
       </c>
-      <c r="D352" s="21" t="s">
+      <c r="D346" s="22" t="s">
         <v>493</v>
-      </c>
-[...342 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A11:D11"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="A20:D20"/>
-    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="A24:D24"/>
     <mergeCell ref="A78:D78"/>
     <mergeCell ref="A82:D82"/>
     <mergeCell ref="A133:D133"/>
     <mergeCell ref="A161:D161"/>
-    <mergeCell ref="A170:D170"/>
-[...2 lines deleted...]
-    <mergeCell ref="A207:D207"/>
+    <mergeCell ref="A168:D168"/>
+    <mergeCell ref="A183:D183"/>
+    <mergeCell ref="A198:D198"/>
     <mergeCell ref="A208:D208"/>
-    <mergeCell ref="A223:D223"/>
-    <mergeCell ref="A240:D240"/>
+    <mergeCell ref="A209:D209"/>
+    <mergeCell ref="A221:D221"/>
+    <mergeCell ref="A238:D238"/>
+    <mergeCell ref="A242:D242"/>
+    <mergeCell ref="A244:D244"/>
     <mergeCell ref="A245:D245"/>
-    <mergeCell ref="A247:D247"/>
-    <mergeCell ref="A248:D248"/>
+    <mergeCell ref="A246:D246"/>
     <mergeCell ref="A249:D249"/>
-    <mergeCell ref="A250:D250"/>
-[...2 lines deleted...]
-    <mergeCell ref="A355:D355"/>
+    <mergeCell ref="A306:D306"/>
+    <mergeCell ref="A319:D319"/>
+    <mergeCell ref="A332:D332"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C23" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="C24" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="C25" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C28" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C29" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_21"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_22"/>
     <hyperlink ref="C36" r:id="rId_hyperlink_23"/>
     <hyperlink ref="C37" r:id="rId_hyperlink_24"/>
     <hyperlink ref="C38" r:id="rId_hyperlink_25"/>
     <hyperlink ref="C39" r:id="rId_hyperlink_26"/>
     <hyperlink ref="C40" r:id="rId_hyperlink_27"/>
     <hyperlink ref="C41" r:id="rId_hyperlink_28"/>
     <hyperlink ref="C42" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C43" r:id="rId_hyperlink_30"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_32"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_34"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_36"/>
     <hyperlink ref="C50" r:id="rId_hyperlink_37"/>
@@ -17507,121 +15920,121 @@
     <hyperlink ref="C142" r:id="rId_hyperlink_126"/>
     <hyperlink ref="C143" r:id="rId_hyperlink_127"/>
     <hyperlink ref="C144" r:id="rId_hyperlink_128"/>
     <hyperlink ref="C145" r:id="rId_hyperlink_129"/>
     <hyperlink ref="C146" r:id="rId_hyperlink_130"/>
     <hyperlink ref="C147" r:id="rId_hyperlink_131"/>
     <hyperlink ref="C148" r:id="rId_hyperlink_132"/>
     <hyperlink ref="C149" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C150" r:id="rId_hyperlink_134"/>
     <hyperlink ref="C151" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C152" r:id="rId_hyperlink_136"/>
     <hyperlink ref="C153" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C154" r:id="rId_hyperlink_138"/>
     <hyperlink ref="C155" r:id="rId_hyperlink_139"/>
     <hyperlink ref="C156" r:id="rId_hyperlink_140"/>
     <hyperlink ref="C157" r:id="rId_hyperlink_141"/>
     <hyperlink ref="C158" r:id="rId_hyperlink_142"/>
     <hyperlink ref="C159" r:id="rId_hyperlink_143"/>
     <hyperlink ref="C160" r:id="rId_hyperlink_144"/>
     <hyperlink ref="C162" r:id="rId_hyperlink_145"/>
     <hyperlink ref="C163" r:id="rId_hyperlink_146"/>
     <hyperlink ref="C164" r:id="rId_hyperlink_147"/>
     <hyperlink ref="C165" r:id="rId_hyperlink_148"/>
     <hyperlink ref="C166" r:id="rId_hyperlink_149"/>
     <hyperlink ref="C167" r:id="rId_hyperlink_150"/>
-    <hyperlink ref="C168" r:id="rId_hyperlink_151"/>
-    <hyperlink ref="C169" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C169" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="C170" r:id="rId_hyperlink_152"/>
     <hyperlink ref="C171" r:id="rId_hyperlink_153"/>
     <hyperlink ref="C172" r:id="rId_hyperlink_154"/>
     <hyperlink ref="C173" r:id="rId_hyperlink_155"/>
     <hyperlink ref="C174" r:id="rId_hyperlink_156"/>
     <hyperlink ref="C175" r:id="rId_hyperlink_157"/>
     <hyperlink ref="C176" r:id="rId_hyperlink_158"/>
     <hyperlink ref="C177" r:id="rId_hyperlink_159"/>
     <hyperlink ref="C178" r:id="rId_hyperlink_160"/>
     <hyperlink ref="C179" r:id="rId_hyperlink_161"/>
     <hyperlink ref="C180" r:id="rId_hyperlink_162"/>
     <hyperlink ref="C181" r:id="rId_hyperlink_163"/>
     <hyperlink ref="C182" r:id="rId_hyperlink_164"/>
-    <hyperlink ref="C183" r:id="rId_hyperlink_165"/>
-    <hyperlink ref="C184" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="C184" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="C185" r:id="rId_hyperlink_166"/>
     <hyperlink ref="C186" r:id="rId_hyperlink_167"/>
     <hyperlink ref="C187" r:id="rId_hyperlink_168"/>
     <hyperlink ref="C188" r:id="rId_hyperlink_169"/>
     <hyperlink ref="C189" r:id="rId_hyperlink_170"/>
     <hyperlink ref="C190" r:id="rId_hyperlink_171"/>
     <hyperlink ref="C191" r:id="rId_hyperlink_172"/>
     <hyperlink ref="C192" r:id="rId_hyperlink_173"/>
     <hyperlink ref="C193" r:id="rId_hyperlink_174"/>
     <hyperlink ref="C194" r:id="rId_hyperlink_175"/>
     <hyperlink ref="C195" r:id="rId_hyperlink_176"/>
     <hyperlink ref="C196" r:id="rId_hyperlink_177"/>
     <hyperlink ref="C197" r:id="rId_hyperlink_178"/>
-    <hyperlink ref="C198" r:id="rId_hyperlink_179"/>
-    <hyperlink ref="C199" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="C199" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="C200" r:id="rId_hyperlink_180"/>
     <hyperlink ref="C201" r:id="rId_hyperlink_181"/>
     <hyperlink ref="C202" r:id="rId_hyperlink_182"/>
     <hyperlink ref="C203" r:id="rId_hyperlink_183"/>
     <hyperlink ref="C204" r:id="rId_hyperlink_184"/>
     <hyperlink ref="C205" r:id="rId_hyperlink_185"/>
     <hyperlink ref="C206" r:id="rId_hyperlink_186"/>
-    <hyperlink ref="C209" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="C207" r:id="rId_hyperlink_187"/>
     <hyperlink ref="C210" r:id="rId_hyperlink_188"/>
     <hyperlink ref="C211" r:id="rId_hyperlink_189"/>
     <hyperlink ref="C212" r:id="rId_hyperlink_190"/>
     <hyperlink ref="C213" r:id="rId_hyperlink_191"/>
     <hyperlink ref="C214" r:id="rId_hyperlink_192"/>
     <hyperlink ref="C215" r:id="rId_hyperlink_193"/>
     <hyperlink ref="C216" r:id="rId_hyperlink_194"/>
     <hyperlink ref="C217" r:id="rId_hyperlink_195"/>
     <hyperlink ref="C218" r:id="rId_hyperlink_196"/>
     <hyperlink ref="C219" r:id="rId_hyperlink_197"/>
     <hyperlink ref="C220" r:id="rId_hyperlink_198"/>
-    <hyperlink ref="C221" r:id="rId_hyperlink_199"/>
-    <hyperlink ref="C222" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="C222" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="C223" r:id="rId_hyperlink_200"/>
     <hyperlink ref="C224" r:id="rId_hyperlink_201"/>
     <hyperlink ref="C225" r:id="rId_hyperlink_202"/>
     <hyperlink ref="C226" r:id="rId_hyperlink_203"/>
     <hyperlink ref="C227" r:id="rId_hyperlink_204"/>
     <hyperlink ref="C228" r:id="rId_hyperlink_205"/>
     <hyperlink ref="C229" r:id="rId_hyperlink_206"/>
     <hyperlink ref="C230" r:id="rId_hyperlink_207"/>
     <hyperlink ref="C231" r:id="rId_hyperlink_208"/>
     <hyperlink ref="C232" r:id="rId_hyperlink_209"/>
     <hyperlink ref="C233" r:id="rId_hyperlink_210"/>
     <hyperlink ref="C234" r:id="rId_hyperlink_211"/>
     <hyperlink ref="C235" r:id="rId_hyperlink_212"/>
     <hyperlink ref="C236" r:id="rId_hyperlink_213"/>
     <hyperlink ref="C237" r:id="rId_hyperlink_214"/>
-    <hyperlink ref="C238" r:id="rId_hyperlink_215"/>
-    <hyperlink ref="C239" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="C239" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="C240" r:id="rId_hyperlink_216"/>
     <hyperlink ref="C241" r:id="rId_hyperlink_217"/>
-    <hyperlink ref="C242" r:id="rId_hyperlink_218"/>
-[...2 lines deleted...]
-    <hyperlink ref="C246" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="C243" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="C247" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="C248" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="C250" r:id="rId_hyperlink_221"/>
     <hyperlink ref="C251" r:id="rId_hyperlink_222"/>
     <hyperlink ref="C252" r:id="rId_hyperlink_223"/>
     <hyperlink ref="C253" r:id="rId_hyperlink_224"/>
     <hyperlink ref="C254" r:id="rId_hyperlink_225"/>
     <hyperlink ref="C255" r:id="rId_hyperlink_226"/>
     <hyperlink ref="C256" r:id="rId_hyperlink_227"/>
     <hyperlink ref="C257" r:id="rId_hyperlink_228"/>
     <hyperlink ref="C258" r:id="rId_hyperlink_229"/>
     <hyperlink ref="C259" r:id="rId_hyperlink_230"/>
     <hyperlink ref="C260" r:id="rId_hyperlink_231"/>
     <hyperlink ref="C261" r:id="rId_hyperlink_232"/>
     <hyperlink ref="C262" r:id="rId_hyperlink_233"/>
     <hyperlink ref="C263" r:id="rId_hyperlink_234"/>
     <hyperlink ref="C264" r:id="rId_hyperlink_235"/>
     <hyperlink ref="C265" r:id="rId_hyperlink_236"/>
     <hyperlink ref="C266" r:id="rId_hyperlink_237"/>
     <hyperlink ref="C267" r:id="rId_hyperlink_238"/>
     <hyperlink ref="C268" r:id="rId_hyperlink_239"/>
     <hyperlink ref="C269" r:id="rId_hyperlink_240"/>
     <hyperlink ref="C270" r:id="rId_hyperlink_241"/>
     <hyperlink ref="C271" r:id="rId_hyperlink_242"/>
     <hyperlink ref="C272" r:id="rId_hyperlink_243"/>
     <hyperlink ref="C273" r:id="rId_hyperlink_244"/>
     <hyperlink ref="C274" r:id="rId_hyperlink_245"/>
     <hyperlink ref="C275" r:id="rId_hyperlink_246"/>
@@ -17633,123 +16046,88 @@
     <hyperlink ref="C281" r:id="rId_hyperlink_252"/>
     <hyperlink ref="C282" r:id="rId_hyperlink_253"/>
     <hyperlink ref="C283" r:id="rId_hyperlink_254"/>
     <hyperlink ref="C284" r:id="rId_hyperlink_255"/>
     <hyperlink ref="C285" r:id="rId_hyperlink_256"/>
     <hyperlink ref="C286" r:id="rId_hyperlink_257"/>
     <hyperlink ref="C287" r:id="rId_hyperlink_258"/>
     <hyperlink ref="C288" r:id="rId_hyperlink_259"/>
     <hyperlink ref="C289" r:id="rId_hyperlink_260"/>
     <hyperlink ref="C290" r:id="rId_hyperlink_261"/>
     <hyperlink ref="C291" r:id="rId_hyperlink_262"/>
     <hyperlink ref="C292" r:id="rId_hyperlink_263"/>
     <hyperlink ref="C293" r:id="rId_hyperlink_264"/>
     <hyperlink ref="C294" r:id="rId_hyperlink_265"/>
     <hyperlink ref="C295" r:id="rId_hyperlink_266"/>
     <hyperlink ref="C296" r:id="rId_hyperlink_267"/>
     <hyperlink ref="C297" r:id="rId_hyperlink_268"/>
     <hyperlink ref="C298" r:id="rId_hyperlink_269"/>
     <hyperlink ref="C299" r:id="rId_hyperlink_270"/>
     <hyperlink ref="C300" r:id="rId_hyperlink_271"/>
     <hyperlink ref="C301" r:id="rId_hyperlink_272"/>
     <hyperlink ref="C302" r:id="rId_hyperlink_273"/>
     <hyperlink ref="C303" r:id="rId_hyperlink_274"/>
     <hyperlink ref="C304" r:id="rId_hyperlink_275"/>
     <hyperlink ref="C305" r:id="rId_hyperlink_276"/>
-    <hyperlink ref="C306" r:id="rId_hyperlink_277"/>
-[...1 lines deleted...]
-    <hyperlink ref="C308" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="C307" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="C308" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="C309" r:id="rId_hyperlink_279"/>
     <hyperlink ref="C310" r:id="rId_hyperlink_280"/>
     <hyperlink ref="C311" r:id="rId_hyperlink_281"/>
     <hyperlink ref="C312" r:id="rId_hyperlink_282"/>
     <hyperlink ref="C313" r:id="rId_hyperlink_283"/>
     <hyperlink ref="C314" r:id="rId_hyperlink_284"/>
     <hyperlink ref="C315" r:id="rId_hyperlink_285"/>
     <hyperlink ref="C316" r:id="rId_hyperlink_286"/>
     <hyperlink ref="C317" r:id="rId_hyperlink_287"/>
     <hyperlink ref="C318" r:id="rId_hyperlink_288"/>
-    <hyperlink ref="C319" r:id="rId_hyperlink_289"/>
-[...59 lines deleted...]
-    <hyperlink ref="C381" r:id="rId_hyperlink_349"/>
+    <hyperlink ref="C320" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="C321" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="C322" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="C323" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="C324" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="C325" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="C326" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="C327" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="C328" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="C329" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="C330" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="C331" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="C333" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="C334" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="C335" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="C336" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="C337" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="C338" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="C339" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="C340" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="C341" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="C342" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="C343" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="C344" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="C345" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="C346" r:id="rId_hyperlink_314"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>